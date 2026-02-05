--- v0 (2025-12-09)
+++ v1 (2026-02-05)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Dropbox\ABJobaAtletiek\AC MotheoXhariepHS\Documents\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Dropbox\ABJobaAtletiek\AC MotheoXhariepHS\MotheoXhariep\Dokumente\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AC7582BF-F3F3-4E07-A110-36345B91AB09}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8C428EB1-76A9-4255-AF6B-7597EC319AD8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="9420" yWindow="765" windowWidth="18120" windowHeight="14640" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="6390" yWindow="2100" windowWidth="19545" windowHeight="11400" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Joba" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_006" localSheetId="0">Joba!$X$2:$X$32</definedName>
     <definedName name="_006">#REF!</definedName>
     <definedName name="_007" localSheetId="0">Joba!$Z$2:$Z$32</definedName>
     <definedName name="_007">#REF!</definedName>
     <definedName name="_008" localSheetId="0">Joba!$AB$2:$AB$32</definedName>
     <definedName name="_008">#REF!</definedName>
     <definedName name="_009">Joba!$AD$2:$AD$32</definedName>
     <definedName name="_010" localSheetId="0">Joba!$AF$2:$AF$32</definedName>
     <definedName name="_010">#REF!</definedName>
     <definedName name="_011" localSheetId="0">Joba!$AH$2:$AH$32</definedName>
     <definedName name="_011">#REF!</definedName>
     <definedName name="_012" localSheetId="0">Joba!$AJ$2:$AJ$32</definedName>
     <definedName name="_012">#REF!</definedName>
     <definedName name="_013" localSheetId="0">Joba!$AL$2:$AL$32</definedName>
     <definedName name="_013">#REF!</definedName>
     <definedName name="_014">Joba!$AN$2:$AN$32</definedName>
     <definedName name="_015">Joba!$AP$2:$AP$32</definedName>
     <definedName name="_016">Joba!$AR$2:$AR$32</definedName>
     <definedName name="_017">Joba!$AT$2:$AT$32</definedName>
     <definedName name="_018">Joba!$AV$2:$AV$32</definedName>
@@ -2319,106 +2319,136 @@
           <t>Fill in the age group of the athlete in which he/she will compete.
 Age is your age as on 31 December of the current year.
 99 for Senior athletes
 98 for Masters athletes
 Juniors/High Schools
 19 for u20 or 19 yrs
 17 for u18 or 17 yrs
 15 for u16 or 15 yrs
 Primary Schools
 13 for 13yrs
 08 for 8yrs
 06 for 6 yrs</t>
         </r>
       </text>
     </comment>
     <comment ref="N2" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000F000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">The item the athlete participates in.  Please make use of the following abbreviations  
+60m:        60
+80m:        80
 100m :    100
 200m:     200
 400m:     400
 800m:     800
 1500m:   1500
 3000m:   3000
 5000m:   5000
+70m Hurdles:   70H
+75m Hurdles:   75H
 80m Hurdles     80H
 90m Hurdles:    90H
 100m Hurdles:  100H
 110m Hurdles:  110H
+150m Hurdles:  150H
 200m Hurdles:  200H
 300m Hurdles:  300H
 400m Hurdles:  400H
 1500m Steeple Chase: 1500HIN
 2000m Steeple Chase: 2000HIN
 3000m Steeple Chase: 3000HIN
 3000m Walk:    3000ST
 5000m Walk:    5000ST
 10000m Walk:  10000ST
 High Jump:    HS or HJ
 Long Jump:   VS or LJ
 Triple Jump:  DS or TJ
 Pole Vault:    PS or PV
 Shot Put      GS or SP
 Javelin:         SG or JAV
 Discus:          DG or DT
 Hammer Throw:  HG ir HT
 Club Throw:        CT
 4x100m Relay:    AFLOS or RELAY
 4x400m Relay:    M1AFLOS
  </t>
         </r>
       </text>
     </comment>
     <comment ref="O2" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0000-000012000000}">
       <text>
         <r>
           <rPr>
-            <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t>Badenhorst Johan:</t>
-[...9 lines deleted...]
-</t>
+          <t xml:space="preserve">The item the athlete participates in.  Please make use of the following abbreviations  
+60m:        60
+80m:        80
+100m :    100
+200m:     200
+400m:     400
+800m:     800
+1500m:   1500
+3000m:   3000
+5000m:   5000
+70m Hurdles:   70H
+75m Hurdles:   75H
+80m Hurdles     80H
+90m Hurdles:    90H
+100m Hurdles:  100H
+110m Hurdles:  110H
+200m Hurdles:  200H
+300m Hurdles:  300H
+400m Hurdles:  400H
+1500m Steeple Chase: 1500HIN
+2000m Steeple Chase: 2000HIN
+3000m Steeple Chase: 3000HIN
+3000m Walk:    3000ST
+5000m Walk:    5000ST
+10000m Walk:  10000ST
+High Jump:    HS or HJ
+Long Jump:   VS or LJ
+Triple Jump:  DS or TJ
+Pole Vault:    PS or PV
+Shot Put      GS or SP
+Javelin:         SG or JAV
+Discus:          DG or DT
+Hammer Throw:  HG ir HT
+Club Throw:        CT
+4x100m Relay:    AFLOS or RELAY
+4x400m Relay:    M1AFLOS
+ </t>
         </r>
       </text>
     </comment>
     <comment ref="P2" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0000-000013000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Badenhorst Johan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
@@ -2814,143 +2844,141 @@
   <si>
     <t>D.O.B.*</t>
   </si>
   <si>
     <t>Age*</t>
   </si>
   <si>
     <t>Gender*</t>
   </si>
   <si>
     <t>Surname*</t>
   </si>
   <si>
     <t>Name*</t>
   </si>
   <si>
     <t>Please use correct abbreviations for Items</t>
   </si>
   <si>
     <t>Type Name of Contact Person</t>
   </si>
   <si>
     <t>Type name of School/Club/Team</t>
   </si>
   <si>
+    <t>Type contact email address</t>
+  </si>
+  <si>
+    <t>Type Contact Cell Number</t>
+  </si>
+  <si>
     <t>ID number</t>
   </si>
   <si>
-    <t>Type contact
-email address</t>
+    <t>eJobaForm-1-5</t>
   </si>
   <si>
-    <t>Type Contact
-[...6 lines deleted...]
-    <t>eJoba 1-5</t>
+    <t>MOT26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="14"/>
+      <b/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <i/>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <i/>
-[...14 lines deleted...]
-      <sz val="11"/>
+      <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="14">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="51"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="13"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
@@ -3253,95 +3281,95 @@
     <xf numFmtId="0" fontId="0" fillId="7" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="10" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="10" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1"/>
     <xf numFmtId="49" fontId="5" fillId="11" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="11" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="7" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="5" fillId="11" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="12" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="12" borderId="10" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="12" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="5" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="13" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="8" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="49" fontId="8" fillId="8" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="10" fillId="8" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="6" fillId="8" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...6 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
@@ -3618,101 +3646,101 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BH816"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="F3" sqref="F3"/>
+      <selection activeCell="G7" sqref="G7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" style="3" customWidth="1"/>
     <col min="2" max="2" width="9.140625" style="3"/>
     <col min="3" max="3" width="6.28515625" style="3" customWidth="1"/>
     <col min="4" max="4" width="9.5703125" style="3" customWidth="1"/>
     <col min="5" max="5" width="8.140625" style="4" customWidth="1"/>
     <col min="6" max="6" width="15" style="10" customWidth="1"/>
     <col min="7" max="7" width="22.28515625" style="12" customWidth="1"/>
     <col min="8" max="8" width="16.140625" style="10" customWidth="1"/>
     <col min="9" max="9" width="11.85546875" style="14" customWidth="1"/>
     <col min="10" max="10" width="8.140625" style="14" customWidth="1"/>
     <col min="11" max="11" width="7.5703125" style="2" customWidth="1"/>
     <col min="12" max="12" width="8.7109375" style="13" customWidth="1"/>
     <col min="13" max="13" width="5.85546875" style="4" customWidth="1"/>
     <col min="14" max="14" width="9" style="9" customWidth="1"/>
     <col min="15" max="15" width="10.28515625" style="10" customWidth="1"/>
     <col min="16" max="16" width="9.140625" style="9" customWidth="1"/>
     <col min="17" max="17" width="9.140625" style="11"/>
     <col min="18" max="18" width="9.7109375" style="11" customWidth="1"/>
     <col min="19" max="19" width="0.140625" style="40" customWidth="1"/>
     <col min="20" max="23" width="5" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="31" width="6" style="3" bestFit="1" customWidth="1"/>
     <col min="32" max="37" width="6.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="38" max="39" width="7" style="3" bestFit="1" customWidth="1"/>
     <col min="40" max="57" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="58" max="58" width="2" style="3" bestFit="1" customWidth="1"/>
     <col min="59" max="59" width="0.42578125" style="3" hidden="1" customWidth="1"/>
     <col min="60" max="60" width="9.140625" style="3" hidden="1" customWidth="1"/>
     <col min="61" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:58" s="15" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="48" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="D1" s="62" t="s">
+        <v>122</v>
+      </c>
+      <c r="D1" s="59" t="s">
         <v>118</v>
       </c>
-      <c r="E1" s="63"/>
-      <c r="F1" s="59" t="s">
+      <c r="E1" s="60"/>
+      <c r="F1" s="61" t="s">
         <v>117</v>
       </c>
-      <c r="G1" s="60" t="s">
+      <c r="G1" s="62" t="s">
+        <v>119</v>
+      </c>
+      <c r="H1" s="63" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="I1" s="16"/>
       <c r="J1" s="16"/>
       <c r="K1" s="17"/>
       <c r="L1" s="18"/>
       <c r="M1" s="51"/>
       <c r="N1" s="54" t="s">
         <v>116</v>
       </c>
       <c r="O1" s="55"/>
       <c r="P1" s="55"/>
       <c r="Q1" s="55"/>
       <c r="R1" s="56"/>
       <c r="S1" s="52"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="42"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
@@ -3727,69 +3755,69 @@
       <c r="AM1" s="1"/>
       <c r="AN1" s="1"/>
       <c r="AO1" s="1"/>
       <c r="AP1" s="1"/>
       <c r="AQ1" s="1"/>
       <c r="AR1" s="1"/>
       <c r="AS1" s="1"/>
       <c r="AT1" s="1"/>
       <c r="AU1" s="1"/>
       <c r="AV1" s="1"/>
       <c r="AW1" s="1"/>
       <c r="AX1" s="1"/>
       <c r="AY1" s="1"/>
       <c r="AZ1" s="1"/>
       <c r="BA1" s="1"/>
       <c r="BB1" s="1"/>
       <c r="BC1" s="1"/>
       <c r="BD1" s="1"/>
       <c r="BE1" s="1"/>
     </row>
     <row r="2" spans="1:58" s="8" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B2" s="58" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C2" s="58" t="s">
         <v>109</v>
       </c>
       <c r="D2" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="57" t="s">
         <v>0</v>
       </c>
       <c r="F2" s="44" t="s">
         <v>115</v>
       </c>
       <c r="G2" s="45" t="s">
         <v>114</v>
       </c>
       <c r="H2" s="43" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="I2" s="46" t="s">
         <v>111</v>
       </c>
       <c r="J2" s="43" t="s">
         <v>107</v>
       </c>
       <c r="K2" s="46" t="s">
         <v>108</v>
       </c>
       <c r="L2" s="47" t="s">
         <v>113</v>
       </c>
       <c r="M2" s="43" t="s">
         <v>112</v>
       </c>
       <c r="N2" s="53" t="s">
         <v>33</v>
       </c>
       <c r="O2" s="53" t="s">
         <v>34</v>
       </c>
       <c r="P2" s="53" t="s">
         <v>35</v>
       </c>
@@ -3824,51 +3852,51 @@
       <c r="AO2" s="1"/>
       <c r="AP2" s="1"/>
       <c r="AQ2" s="1"/>
       <c r="AR2" s="1"/>
       <c r="AS2" s="1"/>
       <c r="AT2" s="1"/>
       <c r="AU2" s="1"/>
       <c r="AV2" s="1"/>
       <c r="AW2" s="1"/>
       <c r="AX2" s="1"/>
       <c r="AY2" s="1"/>
       <c r="AZ2" s="1"/>
       <c r="BA2" s="1"/>
       <c r="BB2" s="1"/>
       <c r="BC2" s="1"/>
       <c r="BD2" s="1"/>
       <c r="BE2" s="1"/>
       <c r="BF2" s="15"/>
     </row>
     <row r="3" spans="1:58" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A3" s="5">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="str">
         <f>$B$2</f>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C3" s="5" t="str">
         <f>$C$2</f>
         <v>ABC</v>
       </c>
       <c r="D3" s="5" t="str">
         <f>CONCATENATE(C3,E3)</f>
         <v>ABC001</v>
       </c>
       <c r="E3" s="19" t="s">
         <v>2</v>
       </c>
       <c r="F3" s="49"/>
       <c r="G3" s="49"/>
       <c r="H3" s="20"/>
       <c r="I3" s="50"/>
       <c r="J3" s="21"/>
       <c r="K3" s="22"/>
       <c r="L3" s="23"/>
       <c r="M3" s="19"/>
       <c r="N3" s="28"/>
       <c r="O3" s="20"/>
       <c r="P3" s="28"/>
       <c r="Q3" s="20"/>
       <c r="R3" s="28"/>
@@ -3897,51 +3925,51 @@
       <c r="AO3" s="1"/>
       <c r="AP3" s="1"/>
       <c r="AQ3" s="1"/>
       <c r="AR3" s="1"/>
       <c r="AS3" s="1"/>
       <c r="AT3" s="1"/>
       <c r="AU3" s="1"/>
       <c r="AV3" s="1"/>
       <c r="AW3" s="1"/>
       <c r="AX3" s="1"/>
       <c r="AY3" s="1"/>
       <c r="AZ3" s="1"/>
       <c r="BA3" s="1"/>
       <c r="BB3" s="1"/>
       <c r="BC3" s="1"/>
       <c r="BD3" s="1"/>
       <c r="BE3" s="1"/>
       <c r="BF3" s="15"/>
     </row>
     <row r="4" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="str">
         <f t="shared" ref="B4:B67" si="0">$B$2</f>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C4" s="3" t="str">
         <f t="shared" ref="C4:C67" si="1">$C$2</f>
         <v>ABC</v>
       </c>
       <c r="D4" s="3" t="str">
         <f t="shared" ref="D4:D67" si="2">CONCATENATE(C4,E4)</f>
         <v>ABC002</v>
       </c>
       <c r="E4" s="24" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="25"/>
       <c r="G4" s="25"/>
       <c r="H4" s="20"/>
       <c r="I4" s="30"/>
       <c r="J4" s="27"/>
       <c r="K4" s="22"/>
       <c r="L4" s="23"/>
       <c r="M4" s="19"/>
       <c r="N4" s="28"/>
       <c r="O4" s="20"/>
       <c r="P4" s="28"/>
       <c r="Q4" s="20"/>
       <c r="R4" s="28"/>
@@ -3969,51 +3997,51 @@
       <c r="AO4" s="1"/>
       <c r="AP4" s="1"/>
       <c r="AQ4" s="1"/>
       <c r="AR4" s="1"/>
       <c r="AS4" s="1"/>
       <c r="AT4" s="1"/>
       <c r="AU4" s="1"/>
       <c r="AV4" s="1"/>
       <c r="AW4" s="1"/>
       <c r="AX4" s="1"/>
       <c r="AY4" s="1"/>
       <c r="AZ4" s="1"/>
       <c r="BA4" s="1"/>
       <c r="BB4" s="1"/>
       <c r="BC4" s="1"/>
       <c r="BD4" s="1"/>
       <c r="BE4" s="1"/>
       <c r="BF4" s="15"/>
     </row>
     <row r="5" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C5" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D5" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC003</v>
       </c>
       <c r="E5" s="24" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="25"/>
       <c r="G5" s="25"/>
       <c r="H5" s="20"/>
       <c r="I5" s="30"/>
       <c r="J5" s="27"/>
       <c r="K5" s="22"/>
       <c r="L5" s="23"/>
       <c r="M5" s="19"/>
       <c r="N5" s="28"/>
       <c r="O5" s="20"/>
       <c r="P5" s="28"/>
       <c r="Q5" s="20"/>
       <c r="R5" s="28"/>
@@ -4041,51 +4069,51 @@
       <c r="AO5" s="1"/>
       <c r="AP5" s="1"/>
       <c r="AQ5" s="1"/>
       <c r="AR5" s="1"/>
       <c r="AS5" s="1"/>
       <c r="AT5" s="1"/>
       <c r="AU5" s="1"/>
       <c r="AV5" s="1"/>
       <c r="AW5" s="1"/>
       <c r="AX5" s="1"/>
       <c r="AY5" s="1"/>
       <c r="AZ5" s="1"/>
       <c r="BA5" s="1"/>
       <c r="BB5" s="1"/>
       <c r="BC5" s="1"/>
       <c r="BD5" s="1"/>
       <c r="BE5" s="1"/>
       <c r="BF5" s="15"/>
     </row>
     <row r="6" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C6" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D6" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC004</v>
       </c>
       <c r="E6" s="24" t="s">
         <v>5</v>
       </c>
       <c r="F6" s="25"/>
       <c r="G6" s="25"/>
       <c r="H6" s="20"/>
       <c r="I6" s="30"/>
       <c r="J6" s="27"/>
       <c r="K6" s="22"/>
       <c r="L6" s="23"/>
       <c r="M6" s="19"/>
       <c r="N6" s="28"/>
       <c r="O6" s="20"/>
       <c r="P6" s="28"/>
       <c r="Q6" s="20"/>
       <c r="R6" s="28"/>
@@ -4113,51 +4141,51 @@
       <c r="AO6" s="1"/>
       <c r="AP6" s="1"/>
       <c r="AQ6" s="1"/>
       <c r="AR6" s="1"/>
       <c r="AS6" s="1"/>
       <c r="AT6" s="1"/>
       <c r="AU6" s="1"/>
       <c r="AV6" s="1"/>
       <c r="AW6" s="1"/>
       <c r="AX6" s="1"/>
       <c r="AY6" s="1"/>
       <c r="AZ6" s="1"/>
       <c r="BA6" s="1"/>
       <c r="BB6" s="1"/>
       <c r="BC6" s="1"/>
       <c r="BD6" s="1"/>
       <c r="BE6" s="1"/>
       <c r="BF6" s="15"/>
     </row>
     <row r="7" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C7" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D7" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC005</v>
       </c>
       <c r="E7" s="24" t="s">
         <v>6</v>
       </c>
       <c r="F7" s="25"/>
       <c r="G7" s="25"/>
       <c r="H7" s="20"/>
       <c r="I7" s="30"/>
       <c r="J7" s="27"/>
       <c r="K7" s="22"/>
       <c r="L7" s="23"/>
       <c r="M7" s="19"/>
       <c r="N7" s="28"/>
       <c r="O7" s="20"/>
       <c r="P7" s="28"/>
       <c r="Q7" s="20"/>
       <c r="R7" s="28"/>
@@ -4185,51 +4213,51 @@
       <c r="AO7" s="1"/>
       <c r="AP7" s="1"/>
       <c r="AQ7" s="1"/>
       <c r="AR7" s="1"/>
       <c r="AS7" s="1"/>
       <c r="AT7" s="1"/>
       <c r="AU7" s="1"/>
       <c r="AV7" s="1"/>
       <c r="AW7" s="1"/>
       <c r="AX7" s="1"/>
       <c r="AY7" s="1"/>
       <c r="AZ7" s="1"/>
       <c r="BA7" s="1"/>
       <c r="BB7" s="1"/>
       <c r="BC7" s="1"/>
       <c r="BD7" s="1"/>
       <c r="BE7" s="1"/>
       <c r="BF7" s="15"/>
     </row>
     <row r="8" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C8" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D8" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC006</v>
       </c>
       <c r="E8" s="24" t="s">
         <v>7</v>
       </c>
       <c r="F8" s="25"/>
       <c r="G8" s="25"/>
       <c r="H8" s="20"/>
       <c r="I8" s="30"/>
       <c r="J8" s="27"/>
       <c r="K8" s="22"/>
       <c r="L8" s="23"/>
       <c r="M8" s="19"/>
       <c r="N8" s="28"/>
       <c r="O8" s="20"/>
       <c r="P8" s="28"/>
       <c r="Q8" s="20"/>
       <c r="R8" s="28"/>
@@ -4257,51 +4285,51 @@
       <c r="AO8" s="1"/>
       <c r="AP8" s="1"/>
       <c r="AQ8" s="1"/>
       <c r="AR8" s="1"/>
       <c r="AS8" s="1"/>
       <c r="AT8" s="1"/>
       <c r="AU8" s="1"/>
       <c r="AV8" s="1"/>
       <c r="AW8" s="1"/>
       <c r="AX8" s="1"/>
       <c r="AY8" s="1"/>
       <c r="AZ8" s="1"/>
       <c r="BA8" s="1"/>
       <c r="BB8" s="1"/>
       <c r="BC8" s="1"/>
       <c r="BD8" s="1"/>
       <c r="BE8" s="1"/>
       <c r="BF8" s="15"/>
     </row>
     <row r="9" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C9" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D9" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC007</v>
       </c>
       <c r="E9" s="24" t="s">
         <v>8</v>
       </c>
       <c r="F9" s="25"/>
       <c r="G9" s="25"/>
       <c r="H9" s="20"/>
       <c r="I9" s="30"/>
       <c r="J9" s="27"/>
       <c r="K9" s="22"/>
       <c r="L9" s="23"/>
       <c r="M9" s="19"/>
       <c r="N9" s="28"/>
       <c r="O9" s="20"/>
       <c r="P9" s="28"/>
       <c r="Q9" s="20"/>
       <c r="R9" s="28"/>
@@ -4329,51 +4357,51 @@
       <c r="AO9" s="1"/>
       <c r="AP9" s="1"/>
       <c r="AQ9" s="1"/>
       <c r="AR9" s="1"/>
       <c r="AS9" s="1"/>
       <c r="AT9" s="1"/>
       <c r="AU9" s="1"/>
       <c r="AV9" s="1"/>
       <c r="AW9" s="1"/>
       <c r="AX9" s="1"/>
       <c r="AY9" s="1"/>
       <c r="AZ9" s="1"/>
       <c r="BA9" s="1"/>
       <c r="BB9" s="1"/>
       <c r="BC9" s="1"/>
       <c r="BD9" s="1"/>
       <c r="BE9" s="1"/>
       <c r="BF9" s="15"/>
     </row>
     <row r="10" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C10" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D10" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC008</v>
       </c>
       <c r="E10" s="24" t="s">
         <v>9</v>
       </c>
       <c r="F10" s="25"/>
       <c r="G10" s="25"/>
       <c r="H10" s="20"/>
       <c r="I10" s="30"/>
       <c r="J10" s="27"/>
       <c r="K10" s="22"/>
       <c r="L10" s="23"/>
       <c r="M10" s="19"/>
       <c r="N10" s="28"/>
       <c r="O10" s="20"/>
       <c r="P10" s="28"/>
       <c r="Q10" s="20"/>
       <c r="R10" s="28"/>
@@ -4401,51 +4429,51 @@
       <c r="AO10" s="1"/>
       <c r="AP10" s="1"/>
       <c r="AQ10" s="1"/>
       <c r="AR10" s="1"/>
       <c r="AS10" s="1"/>
       <c r="AT10" s="1"/>
       <c r="AU10" s="1"/>
       <c r="AV10" s="1"/>
       <c r="AW10" s="1"/>
       <c r="AX10" s="1"/>
       <c r="AY10" s="1"/>
       <c r="AZ10" s="1"/>
       <c r="BA10" s="1"/>
       <c r="BB10" s="1"/>
       <c r="BC10" s="1"/>
       <c r="BD10" s="1"/>
       <c r="BE10" s="1"/>
       <c r="BF10" s="15"/>
     </row>
     <row r="11" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C11" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D11" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC009</v>
       </c>
       <c r="E11" s="24" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="25"/>
       <c r="G11" s="25"/>
       <c r="H11" s="20"/>
       <c r="I11" s="30"/>
       <c r="J11" s="27"/>
       <c r="K11" s="22"/>
       <c r="L11" s="23"/>
       <c r="M11" s="19"/>
       <c r="N11" s="28"/>
       <c r="O11" s="20"/>
       <c r="P11" s="28"/>
       <c r="Q11" s="20"/>
       <c r="R11" s="28"/>
@@ -4473,51 +4501,51 @@
       <c r="AO11" s="1"/>
       <c r="AP11" s="1"/>
       <c r="AQ11" s="1"/>
       <c r="AR11" s="1"/>
       <c r="AS11" s="1"/>
       <c r="AT11" s="1"/>
       <c r="AU11" s="1"/>
       <c r="AV11" s="1"/>
       <c r="AW11" s="1"/>
       <c r="AX11" s="1"/>
       <c r="AY11" s="1"/>
       <c r="AZ11" s="1"/>
       <c r="BA11" s="1"/>
       <c r="BB11" s="1"/>
       <c r="BC11" s="1"/>
       <c r="BD11" s="1"/>
       <c r="BE11" s="1"/>
       <c r="BF11" s="15"/>
     </row>
     <row r="12" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C12" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D12" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC010</v>
       </c>
       <c r="E12" s="24" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="25"/>
       <c r="G12" s="25"/>
       <c r="H12" s="20"/>
       <c r="I12" s="30"/>
       <c r="J12" s="27"/>
       <c r="K12" s="22"/>
       <c r="L12" s="23"/>
       <c r="M12" s="19"/>
       <c r="N12" s="28"/>
       <c r="O12" s="20"/>
       <c r="P12" s="28"/>
       <c r="Q12" s="20"/>
       <c r="R12" s="28"/>
@@ -4545,51 +4573,51 @@
       <c r="AO12" s="1"/>
       <c r="AP12" s="1"/>
       <c r="AQ12" s="1"/>
       <c r="AR12" s="1"/>
       <c r="AS12" s="1"/>
       <c r="AT12" s="1"/>
       <c r="AU12" s="1"/>
       <c r="AV12" s="1"/>
       <c r="AW12" s="1"/>
       <c r="AX12" s="1"/>
       <c r="AY12" s="1"/>
       <c r="AZ12" s="1"/>
       <c r="BA12" s="1"/>
       <c r="BB12" s="1"/>
       <c r="BC12" s="1"/>
       <c r="BD12" s="1"/>
       <c r="BE12" s="1"/>
       <c r="BF12" s="15"/>
     </row>
     <row r="13" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C13" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D13" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC011</v>
       </c>
       <c r="E13" s="24" t="s">
         <v>12</v>
       </c>
       <c r="F13" s="25"/>
       <c r="G13" s="25"/>
       <c r="H13" s="20"/>
       <c r="I13" s="30"/>
       <c r="J13" s="27"/>
       <c r="K13" s="22"/>
       <c r="L13" s="23"/>
       <c r="M13" s="19"/>
       <c r="N13" s="28"/>
       <c r="O13" s="20"/>
       <c r="P13" s="28"/>
       <c r="Q13" s="20"/>
       <c r="R13" s="28"/>
@@ -4617,51 +4645,51 @@
       <c r="AO13" s="1"/>
       <c r="AP13" s="1"/>
       <c r="AQ13" s="1"/>
       <c r="AR13" s="1"/>
       <c r="AS13" s="1"/>
       <c r="AT13" s="1"/>
       <c r="AU13" s="1"/>
       <c r="AV13" s="1"/>
       <c r="AW13" s="1"/>
       <c r="AX13" s="1"/>
       <c r="AY13" s="1"/>
       <c r="AZ13" s="1"/>
       <c r="BA13" s="1"/>
       <c r="BB13" s="1"/>
       <c r="BC13" s="1"/>
       <c r="BD13" s="1"/>
       <c r="BE13" s="1"/>
       <c r="BF13" s="15"/>
     </row>
     <row r="14" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C14" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D14" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC012</v>
       </c>
       <c r="E14" s="24" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="25"/>
       <c r="G14" s="25"/>
       <c r="H14" s="20"/>
       <c r="I14" s="30"/>
       <c r="J14" s="27"/>
       <c r="K14" s="22"/>
       <c r="L14" s="23"/>
       <c r="M14" s="19"/>
       <c r="N14" s="28"/>
       <c r="O14" s="20"/>
       <c r="P14" s="28"/>
       <c r="Q14" s="20"/>
       <c r="R14" s="28"/>
@@ -4689,51 +4717,51 @@
       <c r="AO14" s="1"/>
       <c r="AP14" s="1"/>
       <c r="AQ14" s="1"/>
       <c r="AR14" s="1"/>
       <c r="AS14" s="1"/>
       <c r="AT14" s="1"/>
       <c r="AU14" s="1"/>
       <c r="AV14" s="1"/>
       <c r="AW14" s="1"/>
       <c r="AX14" s="1"/>
       <c r="AY14" s="1"/>
       <c r="AZ14" s="1"/>
       <c r="BA14" s="1"/>
       <c r="BB14" s="1"/>
       <c r="BC14" s="1"/>
       <c r="BD14" s="1"/>
       <c r="BE14" s="1"/>
       <c r="BF14" s="15"/>
     </row>
     <row r="15" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C15" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D15" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC013</v>
       </c>
       <c r="E15" s="24" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="25"/>
       <c r="G15" s="25"/>
       <c r="H15" s="20"/>
       <c r="I15" s="30"/>
       <c r="J15" s="27"/>
       <c r="K15" s="22"/>
       <c r="L15" s="23"/>
       <c r="M15" s="19"/>
       <c r="N15" s="28"/>
       <c r="O15" s="20"/>
       <c r="P15" s="28"/>
       <c r="Q15" s="20"/>
       <c r="R15" s="28"/>
@@ -4761,51 +4789,51 @@
       <c r="AO15" s="1"/>
       <c r="AP15" s="1"/>
       <c r="AQ15" s="1"/>
       <c r="AR15" s="1"/>
       <c r="AS15" s="1"/>
       <c r="AT15" s="1"/>
       <c r="AU15" s="1"/>
       <c r="AV15" s="1"/>
       <c r="AW15" s="1"/>
       <c r="AX15" s="1"/>
       <c r="AY15" s="1"/>
       <c r="AZ15" s="1"/>
       <c r="BA15" s="1"/>
       <c r="BB15" s="1"/>
       <c r="BC15" s="1"/>
       <c r="BD15" s="1"/>
       <c r="BE15" s="1"/>
       <c r="BF15" s="15"/>
     </row>
     <row r="16" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C16" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D16" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC014</v>
       </c>
       <c r="E16" s="24" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="25"/>
       <c r="G16" s="25"/>
       <c r="H16" s="20"/>
       <c r="I16" s="30"/>
       <c r="J16" s="27"/>
       <c r="K16" s="22"/>
       <c r="L16" s="23"/>
       <c r="M16" s="19"/>
       <c r="N16" s="28"/>
       <c r="O16" s="20"/>
       <c r="P16" s="28"/>
       <c r="Q16" s="20"/>
       <c r="R16" s="28"/>
@@ -4833,51 +4861,51 @@
       <c r="AO16" s="1"/>
       <c r="AP16" s="1"/>
       <c r="AQ16" s="1"/>
       <c r="AR16" s="1"/>
       <c r="AS16" s="1"/>
       <c r="AT16" s="1"/>
       <c r="AU16" s="1"/>
       <c r="AV16" s="1"/>
       <c r="AW16" s="1"/>
       <c r="AX16" s="1"/>
       <c r="AY16" s="1"/>
       <c r="AZ16" s="1"/>
       <c r="BA16" s="1"/>
       <c r="BB16" s="1"/>
       <c r="BC16" s="1"/>
       <c r="BD16" s="1"/>
       <c r="BE16" s="1"/>
       <c r="BF16" s="15"/>
     </row>
     <row r="17" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C17" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D17" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC015</v>
       </c>
       <c r="E17" s="24" t="s">
         <v>16</v>
       </c>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="20"/>
       <c r="I17" s="30"/>
       <c r="J17" s="27"/>
       <c r="K17" s="22"/>
       <c r="L17" s="23"/>
       <c r="M17" s="19"/>
       <c r="N17" s="28"/>
       <c r="O17" s="20"/>
       <c r="P17" s="28"/>
       <c r="Q17" s="20"/>
       <c r="R17" s="28"/>
@@ -4905,51 +4933,51 @@
       <c r="AO17" s="1"/>
       <c r="AP17" s="1"/>
       <c r="AQ17" s="1"/>
       <c r="AR17" s="1"/>
       <c r="AS17" s="1"/>
       <c r="AT17" s="1"/>
       <c r="AU17" s="1"/>
       <c r="AV17" s="1"/>
       <c r="AW17" s="1"/>
       <c r="AX17" s="1"/>
       <c r="AY17" s="1"/>
       <c r="AZ17" s="1"/>
       <c r="BA17" s="1"/>
       <c r="BB17" s="1"/>
       <c r="BC17" s="1"/>
       <c r="BD17" s="1"/>
       <c r="BE17" s="1"/>
       <c r="BF17" s="15"/>
     </row>
     <row r="18" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C18" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D18" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC016</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>17</v>
       </c>
       <c r="F18" s="25"/>
       <c r="G18" s="25"/>
       <c r="H18" s="20"/>
       <c r="I18" s="30"/>
       <c r="J18" s="27"/>
       <c r="K18" s="22"/>
       <c r="L18" s="23"/>
       <c r="M18" s="19"/>
       <c r="N18" s="28"/>
       <c r="O18" s="20"/>
       <c r="P18" s="28"/>
       <c r="Q18" s="20"/>
       <c r="R18" s="28"/>
@@ -4977,51 +5005,51 @@
       <c r="AO18" s="1"/>
       <c r="AP18" s="1"/>
       <c r="AQ18" s="1"/>
       <c r="AR18" s="1"/>
       <c r="AS18" s="1"/>
       <c r="AT18" s="1"/>
       <c r="AU18" s="1"/>
       <c r="AV18" s="1"/>
       <c r="AW18" s="1"/>
       <c r="AX18" s="1"/>
       <c r="AY18" s="1"/>
       <c r="AZ18" s="1"/>
       <c r="BA18" s="1"/>
       <c r="BB18" s="1"/>
       <c r="BC18" s="1"/>
       <c r="BD18" s="1"/>
       <c r="BE18" s="1"/>
       <c r="BF18" s="15"/>
     </row>
     <row r="19" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C19" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D19" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC017</v>
       </c>
       <c r="E19" s="24" t="s">
         <v>18</v>
       </c>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="20"/>
       <c r="I19" s="30"/>
       <c r="J19" s="27"/>
       <c r="K19" s="22"/>
       <c r="L19" s="23"/>
       <c r="M19" s="19"/>
       <c r="N19" s="28"/>
       <c r="O19" s="20"/>
       <c r="P19" s="28"/>
       <c r="Q19" s="20"/>
       <c r="R19" s="28"/>
@@ -5049,51 +5077,51 @@
       <c r="AO19" s="1"/>
       <c r="AP19" s="1"/>
       <c r="AQ19" s="1"/>
       <c r="AR19" s="1"/>
       <c r="AS19" s="1"/>
       <c r="AT19" s="1"/>
       <c r="AU19" s="1"/>
       <c r="AV19" s="1"/>
       <c r="AW19" s="1"/>
       <c r="AX19" s="1"/>
       <c r="AY19" s="1"/>
       <c r="AZ19" s="1"/>
       <c r="BA19" s="1"/>
       <c r="BB19" s="1"/>
       <c r="BC19" s="1"/>
       <c r="BD19" s="1"/>
       <c r="BE19" s="1"/>
       <c r="BF19" s="15"/>
     </row>
     <row r="20" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C20" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D20" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC018</v>
       </c>
       <c r="E20" s="24" t="s">
         <v>19</v>
       </c>
       <c r="F20" s="25"/>
       <c r="G20" s="25"/>
       <c r="H20" s="20"/>
       <c r="I20" s="30"/>
       <c r="J20" s="27"/>
       <c r="K20" s="22"/>
       <c r="L20" s="23"/>
       <c r="M20" s="19"/>
       <c r="N20" s="28"/>
       <c r="O20" s="20"/>
       <c r="P20" s="28"/>
       <c r="Q20" s="20"/>
       <c r="R20" s="28"/>
@@ -5121,51 +5149,51 @@
       <c r="AO20" s="1"/>
       <c r="AP20" s="1"/>
       <c r="AQ20" s="1"/>
       <c r="AR20" s="1"/>
       <c r="AS20" s="1"/>
       <c r="AT20" s="1"/>
       <c r="AU20" s="1"/>
       <c r="AV20" s="1"/>
       <c r="AW20" s="1"/>
       <c r="AX20" s="1"/>
       <c r="AY20" s="1"/>
       <c r="AZ20" s="1"/>
       <c r="BA20" s="1"/>
       <c r="BB20" s="1"/>
       <c r="BC20" s="1"/>
       <c r="BD20" s="1"/>
       <c r="BE20" s="1"/>
       <c r="BF20" s="15"/>
     </row>
     <row r="21" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C21" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D21" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC019</v>
       </c>
       <c r="E21" s="24" t="s">
         <v>20</v>
       </c>
       <c r="F21" s="25"/>
       <c r="G21" s="25"/>
       <c r="H21" s="20"/>
       <c r="I21" s="30"/>
       <c r="J21" s="27"/>
       <c r="K21" s="22"/>
       <c r="L21" s="23"/>
       <c r="M21" s="19"/>
       <c r="N21" s="28"/>
       <c r="O21" s="20"/>
       <c r="P21" s="28"/>
       <c r="Q21" s="20"/>
       <c r="R21" s="28"/>
@@ -5193,51 +5221,51 @@
       <c r="AO21" s="1"/>
       <c r="AP21" s="1"/>
       <c r="AQ21" s="1"/>
       <c r="AR21" s="1"/>
       <c r="AS21" s="1"/>
       <c r="AT21" s="1"/>
       <c r="AU21" s="1"/>
       <c r="AV21" s="1"/>
       <c r="AW21" s="1"/>
       <c r="AX21" s="1"/>
       <c r="AY21" s="1"/>
       <c r="AZ21" s="1"/>
       <c r="BA21" s="1"/>
       <c r="BB21" s="1"/>
       <c r="BC21" s="1"/>
       <c r="BD21" s="1"/>
       <c r="BE21" s="1"/>
       <c r="BF21" s="15"/>
     </row>
     <row r="22" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C22" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D22" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC020</v>
       </c>
       <c r="E22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="F22" s="25"/>
       <c r="G22" s="25"/>
       <c r="H22" s="20"/>
       <c r="I22" s="30"/>
       <c r="J22" s="27"/>
       <c r="K22" s="22"/>
       <c r="L22" s="23"/>
       <c r="M22" s="19"/>
       <c r="N22" s="28"/>
       <c r="O22" s="20"/>
       <c r="P22" s="28"/>
       <c r="Q22" s="20"/>
       <c r="R22" s="28"/>
@@ -5265,51 +5293,51 @@
       <c r="AO22" s="1"/>
       <c r="AP22" s="1"/>
       <c r="AQ22" s="1"/>
       <c r="AR22" s="1"/>
       <c r="AS22" s="1"/>
       <c r="AT22" s="1"/>
       <c r="AU22" s="1"/>
       <c r="AV22" s="1"/>
       <c r="AW22" s="1"/>
       <c r="AX22" s="1"/>
       <c r="AY22" s="1"/>
       <c r="AZ22" s="1"/>
       <c r="BA22" s="1"/>
       <c r="BB22" s="1"/>
       <c r="BC22" s="1"/>
       <c r="BD22" s="1"/>
       <c r="BE22" s="1"/>
       <c r="BF22" s="15"/>
     </row>
     <row r="23" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C23" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D23" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC021</v>
       </c>
       <c r="E23" s="24" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="25"/>
       <c r="G23" s="25"/>
       <c r="H23" s="20"/>
       <c r="I23" s="30"/>
       <c r="J23" s="27"/>
       <c r="K23" s="22"/>
       <c r="L23" s="23"/>
       <c r="M23" s="19"/>
       <c r="N23" s="28"/>
       <c r="O23" s="20"/>
       <c r="P23" s="28"/>
       <c r="Q23" s="20"/>
       <c r="R23" s="28"/>
@@ -5337,51 +5365,51 @@
       <c r="AO23" s="1"/>
       <c r="AP23" s="1"/>
       <c r="AQ23" s="1"/>
       <c r="AR23" s="1"/>
       <c r="AS23" s="1"/>
       <c r="AT23" s="1"/>
       <c r="AU23" s="1"/>
       <c r="AV23" s="1"/>
       <c r="AW23" s="1"/>
       <c r="AX23" s="1"/>
       <c r="AY23" s="1"/>
       <c r="AZ23" s="1"/>
       <c r="BA23" s="1"/>
       <c r="BB23" s="1"/>
       <c r="BC23" s="1"/>
       <c r="BD23" s="1"/>
       <c r="BE23" s="1"/>
       <c r="BF23" s="15"/>
     </row>
     <row r="24" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C24" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D24" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC022</v>
       </c>
       <c r="E24" s="24" t="s">
         <v>24</v>
       </c>
       <c r="F24" s="25"/>
       <c r="G24" s="25"/>
       <c r="H24" s="20"/>
       <c r="I24" s="30"/>
       <c r="J24" s="27"/>
       <c r="K24" s="22"/>
       <c r="L24" s="23"/>
       <c r="M24" s="19"/>
       <c r="N24" s="28"/>
       <c r="O24" s="20"/>
       <c r="P24" s="28"/>
       <c r="Q24" s="20"/>
       <c r="R24" s="28"/>
@@ -5409,51 +5437,51 @@
       <c r="AO24" s="1"/>
       <c r="AP24" s="1"/>
       <c r="AQ24" s="1"/>
       <c r="AR24" s="1"/>
       <c r="AS24" s="1"/>
       <c r="AT24" s="1"/>
       <c r="AU24" s="1"/>
       <c r="AV24" s="1"/>
       <c r="AW24" s="1"/>
       <c r="AX24" s="1"/>
       <c r="AY24" s="1"/>
       <c r="AZ24" s="1"/>
       <c r="BA24" s="1"/>
       <c r="BB24" s="1"/>
       <c r="BC24" s="1"/>
       <c r="BD24" s="1"/>
       <c r="BE24" s="1"/>
       <c r="BF24" s="15"/>
     </row>
     <row r="25" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C25" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D25" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC023</v>
       </c>
       <c r="E25" s="24" t="s">
         <v>25</v>
       </c>
       <c r="F25" s="25"/>
       <c r="G25" s="25"/>
       <c r="H25" s="20"/>
       <c r="I25" s="30"/>
       <c r="J25" s="27"/>
       <c r="K25" s="22"/>
       <c r="L25" s="23"/>
       <c r="M25" s="19"/>
       <c r="N25" s="28"/>
       <c r="O25" s="20"/>
       <c r="P25" s="28"/>
       <c r="Q25" s="20"/>
       <c r="R25" s="28"/>
@@ -5481,51 +5509,51 @@
       <c r="AO25" s="1"/>
       <c r="AP25" s="1"/>
       <c r="AQ25" s="1"/>
       <c r="AR25" s="1"/>
       <c r="AS25" s="1"/>
       <c r="AT25" s="1"/>
       <c r="AU25" s="1"/>
       <c r="AV25" s="1"/>
       <c r="AW25" s="1"/>
       <c r="AX25" s="1"/>
       <c r="AY25" s="1"/>
       <c r="AZ25" s="1"/>
       <c r="BA25" s="1"/>
       <c r="BB25" s="1"/>
       <c r="BC25" s="1"/>
       <c r="BD25" s="1"/>
       <c r="BE25" s="1"/>
       <c r="BF25" s="15"/>
     </row>
     <row r="26" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C26" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D26" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC024</v>
       </c>
       <c r="E26" s="24" t="s">
         <v>26</v>
       </c>
       <c r="F26" s="25"/>
       <c r="G26" s="25"/>
       <c r="H26" s="20"/>
       <c r="I26" s="30"/>
       <c r="J26" s="27"/>
       <c r="K26" s="22"/>
       <c r="L26" s="23"/>
       <c r="M26" s="19"/>
       <c r="N26" s="28"/>
       <c r="O26" s="20"/>
       <c r="P26" s="28"/>
       <c r="Q26" s="20"/>
       <c r="R26" s="28"/>
@@ -5553,51 +5581,51 @@
       <c r="AO26" s="1"/>
       <c r="AP26" s="1"/>
       <c r="AQ26" s="1"/>
       <c r="AR26" s="1"/>
       <c r="AS26" s="1"/>
       <c r="AT26" s="1"/>
       <c r="AU26" s="1"/>
       <c r="AV26" s="1"/>
       <c r="AW26" s="1"/>
       <c r="AX26" s="1"/>
       <c r="AY26" s="1"/>
       <c r="AZ26" s="1"/>
       <c r="BA26" s="1"/>
       <c r="BB26" s="1"/>
       <c r="BC26" s="1"/>
       <c r="BD26" s="1"/>
       <c r="BE26" s="1"/>
       <c r="BF26" s="15"/>
     </row>
     <row r="27" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C27" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D27" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC025</v>
       </c>
       <c r="E27" s="24" t="s">
         <v>27</v>
       </c>
       <c r="F27" s="25"/>
       <c r="G27" s="25"/>
       <c r="H27" s="20"/>
       <c r="I27" s="30"/>
       <c r="J27" s="27"/>
       <c r="K27" s="22"/>
       <c r="L27" s="23"/>
       <c r="M27" s="19"/>
       <c r="N27" s="28"/>
       <c r="O27" s="20"/>
       <c r="P27" s="28"/>
       <c r="Q27" s="20"/>
       <c r="R27" s="28"/>
@@ -5625,51 +5653,51 @@
       <c r="AO27" s="1"/>
       <c r="AP27" s="1"/>
       <c r="AQ27" s="1"/>
       <c r="AR27" s="1"/>
       <c r="AS27" s="1"/>
       <c r="AT27" s="1"/>
       <c r="AU27" s="1"/>
       <c r="AV27" s="1"/>
       <c r="AW27" s="1"/>
       <c r="AX27" s="1"/>
       <c r="AY27" s="1"/>
       <c r="AZ27" s="1"/>
       <c r="BA27" s="1"/>
       <c r="BB27" s="1"/>
       <c r="BC27" s="1"/>
       <c r="BD27" s="1"/>
       <c r="BE27" s="1"/>
       <c r="BF27" s="15"/>
     </row>
     <row r="28" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C28" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D28" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC026</v>
       </c>
       <c r="E28" s="24" t="s">
         <v>28</v>
       </c>
       <c r="F28" s="25"/>
       <c r="G28" s="25"/>
       <c r="H28" s="20"/>
       <c r="I28" s="30"/>
       <c r="J28" s="27"/>
       <c r="K28" s="22"/>
       <c r="L28" s="23"/>
       <c r="M28" s="19"/>
       <c r="N28" s="28"/>
       <c r="O28" s="20"/>
       <c r="P28" s="28"/>
       <c r="Q28" s="20"/>
       <c r="R28" s="28"/>
@@ -5697,51 +5725,51 @@
       <c r="AO28" s="1"/>
       <c r="AP28" s="1"/>
       <c r="AQ28" s="1"/>
       <c r="AR28" s="1"/>
       <c r="AS28" s="1"/>
       <c r="AT28" s="1"/>
       <c r="AU28" s="1"/>
       <c r="AV28" s="1"/>
       <c r="AW28" s="1"/>
       <c r="AX28" s="1"/>
       <c r="AY28" s="1"/>
       <c r="AZ28" s="1"/>
       <c r="BA28" s="1"/>
       <c r="BB28" s="1"/>
       <c r="BC28" s="1"/>
       <c r="BD28" s="1"/>
       <c r="BE28" s="1"/>
       <c r="BF28" s="15"/>
     </row>
     <row r="29" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C29" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D29" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC027</v>
       </c>
       <c r="E29" s="24" t="s">
         <v>29</v>
       </c>
       <c r="F29" s="25"/>
       <c r="G29" s="25"/>
       <c r="H29" s="20"/>
       <c r="I29" s="30"/>
       <c r="J29" s="27"/>
       <c r="K29" s="22"/>
       <c r="L29" s="23"/>
       <c r="M29" s="19"/>
       <c r="N29" s="28"/>
       <c r="O29" s="20"/>
       <c r="P29" s="28"/>
       <c r="Q29" s="20"/>
       <c r="R29" s="28"/>
@@ -5769,51 +5797,51 @@
       <c r="AO29" s="1"/>
       <c r="AP29" s="1"/>
       <c r="AQ29" s="1"/>
       <c r="AR29" s="1"/>
       <c r="AS29" s="1"/>
       <c r="AT29" s="1"/>
       <c r="AU29" s="1"/>
       <c r="AV29" s="1"/>
       <c r="AW29" s="1"/>
       <c r="AX29" s="1"/>
       <c r="AY29" s="1"/>
       <c r="AZ29" s="1"/>
       <c r="BA29" s="1"/>
       <c r="BB29" s="1"/>
       <c r="BC29" s="1"/>
       <c r="BD29" s="1"/>
       <c r="BE29" s="1"/>
       <c r="BF29" s="15"/>
     </row>
     <row r="30" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C30" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D30" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC028</v>
       </c>
       <c r="E30" s="24" t="s">
         <v>30</v>
       </c>
       <c r="F30" s="25"/>
       <c r="G30" s="25"/>
       <c r="H30" s="20"/>
       <c r="I30" s="30"/>
       <c r="J30" s="27"/>
       <c r="K30" s="22"/>
       <c r="L30" s="23"/>
       <c r="M30" s="19"/>
       <c r="N30" s="28"/>
       <c r="O30" s="20"/>
       <c r="P30" s="28"/>
       <c r="Q30" s="20"/>
       <c r="R30" s="28"/>
@@ -5841,51 +5869,51 @@
       <c r="AO30" s="1"/>
       <c r="AP30" s="1"/>
       <c r="AQ30" s="1"/>
       <c r="AR30" s="1"/>
       <c r="AS30" s="1"/>
       <c r="AT30" s="1"/>
       <c r="AU30" s="1"/>
       <c r="AV30" s="1"/>
       <c r="AW30" s="1"/>
       <c r="AX30" s="1"/>
       <c r="AY30" s="1"/>
       <c r="AZ30" s="1"/>
       <c r="BA30" s="1"/>
       <c r="BB30" s="1"/>
       <c r="BC30" s="1"/>
       <c r="BD30" s="1"/>
       <c r="BE30" s="1"/>
       <c r="BF30" s="15"/>
     </row>
     <row r="31" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C31" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D31" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC029</v>
       </c>
       <c r="E31" s="24" t="s">
         <v>31</v>
       </c>
       <c r="F31" s="25"/>
       <c r="G31" s="25"/>
       <c r="H31" s="20"/>
       <c r="I31" s="30"/>
       <c r="J31" s="27"/>
       <c r="K31" s="22"/>
       <c r="L31" s="23"/>
       <c r="M31" s="19"/>
       <c r="N31" s="28"/>
       <c r="O31" s="20"/>
       <c r="P31" s="28"/>
       <c r="Q31" s="20"/>
       <c r="R31" s="28"/>
@@ -5913,51 +5941,51 @@
       <c r="AO31" s="1"/>
       <c r="AP31" s="1"/>
       <c r="AQ31" s="1"/>
       <c r="AR31" s="1"/>
       <c r="AS31" s="1"/>
       <c r="AT31" s="1"/>
       <c r="AU31" s="1"/>
       <c r="AV31" s="1"/>
       <c r="AW31" s="1"/>
       <c r="AX31" s="1"/>
       <c r="AY31" s="1"/>
       <c r="AZ31" s="1"/>
       <c r="BA31" s="1"/>
       <c r="BB31" s="1"/>
       <c r="BC31" s="1"/>
       <c r="BD31" s="1"/>
       <c r="BE31" s="1"/>
       <c r="BF31" s="15"/>
     </row>
     <row r="32" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C32" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D32" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC030</v>
       </c>
       <c r="E32" s="24" t="s">
         <v>32</v>
       </c>
       <c r="F32" s="25"/>
       <c r="G32" s="25"/>
       <c r="H32" s="20"/>
       <c r="I32" s="30"/>
       <c r="J32" s="27"/>
       <c r="K32" s="22"/>
       <c r="L32" s="23"/>
       <c r="M32" s="19"/>
       <c r="N32" s="28"/>
       <c r="O32" s="20"/>
       <c r="P32" s="28"/>
       <c r="Q32" s="20"/>
       <c r="R32" s="28"/>
@@ -5986,51 +6014,51 @@
       <c r="AP32" s="1"/>
       <c r="AQ32" s="1"/>
       <c r="AR32" s="1"/>
       <c r="AS32" s="1"/>
       <c r="AT32" s="1"/>
       <c r="AU32" s="1"/>
       <c r="AV32" s="1"/>
       <c r="AW32" s="1"/>
       <c r="AX32" s="1"/>
       <c r="AY32" s="1"/>
       <c r="AZ32" s="1"/>
       <c r="BA32" s="1"/>
       <c r="BB32" s="1"/>
       <c r="BC32" s="1"/>
       <c r="BD32" s="1"/>
       <c r="BE32" s="1"/>
       <c r="BF32" s="15"/>
     </row>
     <row r="33" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <f>A32+1</f>
         <v>31</v>
       </c>
       <c r="B33" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C33" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D33" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC031</v>
       </c>
       <c r="E33" s="24" t="s">
         <v>36</v>
       </c>
       <c r="F33" s="26"/>
       <c r="G33" s="25"/>
       <c r="H33" s="20"/>
       <c r="I33" s="30"/>
       <c r="J33" s="27"/>
       <c r="K33" s="22"/>
       <c r="L33" s="23"/>
       <c r="M33" s="19"/>
       <c r="N33" s="28"/>
       <c r="O33" s="20"/>
       <c r="P33" s="28"/>
       <c r="Q33" s="20"/>
       <c r="R33" s="28"/>
@@ -6059,51 +6087,51 @@
       <c r="AP33" s="1"/>
       <c r="AQ33" s="1"/>
       <c r="AR33" s="1"/>
       <c r="AS33" s="1"/>
       <c r="AT33" s="1"/>
       <c r="AU33" s="1"/>
       <c r="AV33" s="1"/>
       <c r="AW33" s="1"/>
       <c r="AX33" s="1"/>
       <c r="AY33" s="1"/>
       <c r="AZ33" s="1"/>
       <c r="BA33"/>
       <c r="BB33"/>
       <c r="BC33"/>
       <c r="BD33" s="1"/>
       <c r="BE33" s="1"/>
       <c r="BF33" s="15"/>
     </row>
     <row r="34" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <f t="shared" ref="A34:A97" si="3">A33+1</f>
         <v>32</v>
       </c>
       <c r="B34" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C34" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D34" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC032</v>
       </c>
       <c r="E34" s="24" t="s">
         <v>37</v>
       </c>
       <c r="F34" s="26"/>
       <c r="G34" s="25"/>
       <c r="H34" s="20"/>
       <c r="I34" s="30"/>
       <c r="J34" s="27"/>
       <c r="K34" s="22"/>
       <c r="L34" s="23"/>
       <c r="M34" s="19"/>
       <c r="N34" s="28"/>
       <c r="O34" s="20"/>
       <c r="P34" s="28"/>
       <c r="Q34" s="20"/>
       <c r="R34" s="28"/>
@@ -6132,51 +6160,51 @@
       <c r="AP34" s="1"/>
       <c r="AQ34" s="1"/>
       <c r="AR34" s="1"/>
       <c r="AS34" s="1"/>
       <c r="AT34" s="1"/>
       <c r="AU34" s="1"/>
       <c r="AV34" s="1"/>
       <c r="AW34" s="1"/>
       <c r="AX34" s="1"/>
       <c r="AY34" s="1"/>
       <c r="AZ34" s="1"/>
       <c r="BA34"/>
       <c r="BB34"/>
       <c r="BC34"/>
       <c r="BD34" s="1"/>
       <c r="BE34" s="1"/>
       <c r="BF34" s="15"/>
     </row>
     <row r="35" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <f t="shared" si="3"/>
         <v>33</v>
       </c>
       <c r="B35" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C35" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D35" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC033</v>
       </c>
       <c r="E35" s="24" t="s">
         <v>38</v>
       </c>
       <c r="F35" s="26"/>
       <c r="G35" s="25"/>
       <c r="H35" s="20"/>
       <c r="I35" s="30"/>
       <c r="J35" s="27"/>
       <c r="K35" s="22"/>
       <c r="L35" s="23"/>
       <c r="M35" s="19"/>
       <c r="N35" s="28"/>
       <c r="O35" s="20"/>
       <c r="P35" s="28"/>
       <c r="Q35" s="20"/>
       <c r="R35" s="28"/>
@@ -6205,51 +6233,51 @@
       <c r="AP35" s="1"/>
       <c r="AQ35" s="1"/>
       <c r="AR35" s="1"/>
       <c r="AS35" s="1"/>
       <c r="AT35" s="1"/>
       <c r="AU35" s="1"/>
       <c r="AV35" s="1"/>
       <c r="AW35" s="1"/>
       <c r="AX35" s="1"/>
       <c r="AY35" s="1"/>
       <c r="AZ35" s="1"/>
       <c r="BA35"/>
       <c r="BB35"/>
       <c r="BC35"/>
       <c r="BD35" s="1"/>
       <c r="BE35" s="1"/>
       <c r="BF35" s="15"/>
     </row>
     <row r="36" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <f t="shared" si="3"/>
         <v>34</v>
       </c>
       <c r="B36" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C36" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D36" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC034</v>
       </c>
       <c r="E36" s="24" t="s">
         <v>39</v>
       </c>
       <c r="F36" s="26"/>
       <c r="G36" s="25"/>
       <c r="H36" s="20"/>
       <c r="I36" s="30"/>
       <c r="J36" s="27"/>
       <c r="K36" s="22"/>
       <c r="L36" s="23"/>
       <c r="M36" s="19"/>
       <c r="N36" s="28"/>
       <c r="O36" s="20"/>
       <c r="P36" s="28"/>
       <c r="Q36" s="20"/>
       <c r="R36" s="28"/>
@@ -6278,51 +6306,51 @@
       <c r="AP36" s="1"/>
       <c r="AQ36" s="1"/>
       <c r="AR36" s="1"/>
       <c r="AS36" s="1"/>
       <c r="AT36" s="1"/>
       <c r="AU36" s="1"/>
       <c r="AV36" s="1"/>
       <c r="AW36" s="1"/>
       <c r="AX36" s="1"/>
       <c r="AY36" s="1"/>
       <c r="AZ36" s="1"/>
       <c r="BA36"/>
       <c r="BB36"/>
       <c r="BC36"/>
       <c r="BD36" s="1"/>
       <c r="BE36" s="1"/>
       <c r="BF36" s="15"/>
     </row>
     <row r="37" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <f t="shared" si="3"/>
         <v>35</v>
       </c>
       <c r="B37" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C37" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D37" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC035</v>
       </c>
       <c r="E37" s="24" t="s">
         <v>40</v>
       </c>
       <c r="F37" s="26"/>
       <c r="G37" s="25"/>
       <c r="H37" s="20"/>
       <c r="I37" s="30"/>
       <c r="J37" s="27"/>
       <c r="K37" s="22"/>
       <c r="L37" s="23"/>
       <c r="M37" s="19"/>
       <c r="N37" s="28"/>
       <c r="O37" s="20"/>
       <c r="P37" s="28"/>
       <c r="Q37" s="20"/>
       <c r="R37" s="28"/>
@@ -6351,51 +6379,51 @@
       <c r="AP37" s="1"/>
       <c r="AQ37" s="1"/>
       <c r="AR37" s="1"/>
       <c r="AS37" s="1"/>
       <c r="AT37" s="1"/>
       <c r="AU37" s="1"/>
       <c r="AV37" s="1"/>
       <c r="AW37" s="1"/>
       <c r="AX37" s="1"/>
       <c r="AY37" s="1"/>
       <c r="AZ37" s="1"/>
       <c r="BA37"/>
       <c r="BB37"/>
       <c r="BC37"/>
       <c r="BD37" s="1"/>
       <c r="BE37" s="1"/>
       <c r="BF37" s="15"/>
     </row>
     <row r="38" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <f t="shared" si="3"/>
         <v>36</v>
       </c>
       <c r="B38" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C38" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D38" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC036</v>
       </c>
       <c r="E38" s="24" t="s">
         <v>41</v>
       </c>
       <c r="F38" s="26"/>
       <c r="G38" s="25"/>
       <c r="H38" s="20"/>
       <c r="I38" s="30"/>
       <c r="J38" s="27"/>
       <c r="K38" s="22"/>
       <c r="L38" s="23"/>
       <c r="M38" s="19"/>
       <c r="N38" s="28"/>
       <c r="O38" s="20"/>
       <c r="P38" s="28"/>
       <c r="Q38" s="20"/>
       <c r="R38" s="28"/>
@@ -6424,51 +6452,51 @@
       <c r="AP38" s="1"/>
       <c r="AQ38" s="1"/>
       <c r="AR38" s="1"/>
       <c r="AS38" s="1"/>
       <c r="AT38" s="1"/>
       <c r="AU38" s="1"/>
       <c r="AV38" s="1"/>
       <c r="AW38" s="1"/>
       <c r="AX38" s="1"/>
       <c r="AY38" s="1"/>
       <c r="AZ38" s="1"/>
       <c r="BA38"/>
       <c r="BB38"/>
       <c r="BC38"/>
       <c r="BD38"/>
       <c r="BE38"/>
       <c r="BF38" s="15"/>
     </row>
     <row r="39" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <f t="shared" si="3"/>
         <v>37</v>
       </c>
       <c r="B39" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C39" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D39" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC037</v>
       </c>
       <c r="E39" s="24" t="s">
         <v>42</v>
       </c>
       <c r="F39" s="26"/>
       <c r="G39" s="25"/>
       <c r="H39" s="20"/>
       <c r="I39" s="30"/>
       <c r="J39" s="27"/>
       <c r="K39" s="22"/>
       <c r="L39" s="23"/>
       <c r="M39" s="19"/>
       <c r="N39" s="28"/>
       <c r="O39" s="20"/>
       <c r="P39" s="28"/>
       <c r="Q39" s="20"/>
       <c r="R39" s="28"/>
@@ -6497,51 +6525,51 @@
       <c r="AP39" s="1"/>
       <c r="AQ39" s="1"/>
       <c r="AR39" s="1"/>
       <c r="AS39" s="1"/>
       <c r="AT39" s="1"/>
       <c r="AU39" s="1"/>
       <c r="AV39" s="1"/>
       <c r="AW39" s="1"/>
       <c r="AX39" s="1"/>
       <c r="AY39" s="1"/>
       <c r="AZ39" s="1"/>
       <c r="BA39"/>
       <c r="BB39"/>
       <c r="BC39"/>
       <c r="BD39"/>
       <c r="BE39"/>
       <c r="BF39" s="15"/>
     </row>
     <row r="40" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <f t="shared" si="3"/>
         <v>38</v>
       </c>
       <c r="B40" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C40" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D40" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC038</v>
       </c>
       <c r="E40" s="24" t="s">
         <v>43</v>
       </c>
       <c r="F40" s="26"/>
       <c r="G40" s="25"/>
       <c r="H40" s="20"/>
       <c r="I40" s="30"/>
       <c r="J40" s="27"/>
       <c r="K40" s="22"/>
       <c r="L40" s="23"/>
       <c r="M40" s="19"/>
       <c r="N40" s="28"/>
       <c r="O40" s="20"/>
       <c r="P40" s="28"/>
       <c r="Q40" s="20"/>
       <c r="R40" s="28"/>
@@ -6570,51 +6598,51 @@
       <c r="AP40" s="1"/>
       <c r="AQ40" s="1"/>
       <c r="AR40" s="1"/>
       <c r="AS40" s="1"/>
       <c r="AT40" s="1"/>
       <c r="AU40" s="1"/>
       <c r="AV40" s="1"/>
       <c r="AW40" s="1"/>
       <c r="AX40" s="1"/>
       <c r="AY40" s="1"/>
       <c r="AZ40" s="1"/>
       <c r="BA40"/>
       <c r="BB40"/>
       <c r="BC40"/>
       <c r="BD40"/>
       <c r="BE40"/>
       <c r="BF40" s="15"/>
     </row>
     <row r="41" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <f t="shared" si="3"/>
         <v>39</v>
       </c>
       <c r="B41" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C41" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D41" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC039</v>
       </c>
       <c r="E41" s="24" t="s">
         <v>44</v>
       </c>
       <c r="F41" s="26"/>
       <c r="G41" s="25"/>
       <c r="H41" s="20"/>
       <c r="I41" s="30"/>
       <c r="J41" s="27"/>
       <c r="K41" s="22"/>
       <c r="L41" s="23"/>
       <c r="M41" s="19"/>
       <c r="N41" s="28"/>
       <c r="O41" s="20"/>
       <c r="P41" s="28"/>
       <c r="Q41" s="20"/>
       <c r="R41" s="28"/>
@@ -6643,51 +6671,51 @@
       <c r="AP41" s="1"/>
       <c r="AQ41" s="1"/>
       <c r="AR41" s="1"/>
       <c r="AS41" s="1"/>
       <c r="AT41" s="1"/>
       <c r="AU41" s="1"/>
       <c r="AV41" s="1"/>
       <c r="AW41" s="1"/>
       <c r="AX41" s="1"/>
       <c r="AY41" s="1"/>
       <c r="AZ41" s="1"/>
       <c r="BA41"/>
       <c r="BB41"/>
       <c r="BC41"/>
       <c r="BD41"/>
       <c r="BE41"/>
       <c r="BF41" s="15"/>
     </row>
     <row r="42" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <f t="shared" si="3"/>
         <v>40</v>
       </c>
       <c r="B42" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C42" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D42" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC040</v>
       </c>
       <c r="E42" s="24" t="s">
         <v>45</v>
       </c>
       <c r="F42" s="26"/>
       <c r="G42" s="25"/>
       <c r="H42" s="20"/>
       <c r="I42" s="30"/>
       <c r="J42" s="27"/>
       <c r="K42" s="22"/>
       <c r="L42" s="23"/>
       <c r="M42" s="19"/>
       <c r="N42" s="28"/>
       <c r="O42" s="20"/>
       <c r="P42" s="28"/>
       <c r="Q42" s="20"/>
       <c r="R42" s="28"/>
@@ -6716,51 +6744,51 @@
       <c r="AP42" s="1"/>
       <c r="AQ42" s="1"/>
       <c r="AR42" s="1"/>
       <c r="AS42" s="1"/>
       <c r="AT42" s="1"/>
       <c r="AU42" s="1"/>
       <c r="AV42" s="1"/>
       <c r="AW42" s="1"/>
       <c r="AX42" s="1"/>
       <c r="AY42" s="1"/>
       <c r="AZ42" s="1"/>
       <c r="BA42"/>
       <c r="BB42"/>
       <c r="BC42"/>
       <c r="BD42"/>
       <c r="BE42"/>
       <c r="BF42" s="15"/>
     </row>
     <row r="43" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <f t="shared" si="3"/>
         <v>41</v>
       </c>
       <c r="B43" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C43" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D43" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC041</v>
       </c>
       <c r="E43" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F43" s="26"/>
       <c r="G43" s="25"/>
       <c r="H43" s="20"/>
       <c r="I43" s="30"/>
       <c r="J43" s="27"/>
       <c r="K43" s="22"/>
       <c r="L43" s="23"/>
       <c r="M43" s="19"/>
       <c r="N43" s="28"/>
       <c r="O43" s="20"/>
       <c r="P43" s="28"/>
       <c r="Q43" s="20"/>
       <c r="R43" s="28"/>
@@ -6789,51 +6817,51 @@
       <c r="AP43" s="1"/>
       <c r="AQ43" s="1"/>
       <c r="AR43" s="1"/>
       <c r="AS43" s="1"/>
       <c r="AT43" s="1"/>
       <c r="AU43" s="1"/>
       <c r="AV43" s="1"/>
       <c r="AW43" s="1"/>
       <c r="AX43" s="1"/>
       <c r="AY43" s="1"/>
       <c r="AZ43" s="1"/>
       <c r="BA43"/>
       <c r="BB43"/>
       <c r="BC43"/>
       <c r="BD43"/>
       <c r="BE43"/>
       <c r="BF43" s="15"/>
     </row>
     <row r="44" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <f t="shared" si="3"/>
         <v>42</v>
       </c>
       <c r="B44" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C44" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D44" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC042</v>
       </c>
       <c r="E44" s="24" t="s">
         <v>47</v>
       </c>
       <c r="F44" s="26"/>
       <c r="G44" s="25"/>
       <c r="H44" s="20"/>
       <c r="I44" s="30"/>
       <c r="J44" s="27"/>
       <c r="K44" s="22"/>
       <c r="L44" s="23"/>
       <c r="M44" s="19"/>
       <c r="N44" s="28"/>
       <c r="O44" s="20"/>
       <c r="P44" s="28"/>
       <c r="Q44" s="20"/>
       <c r="R44" s="28"/>
@@ -6862,51 +6890,51 @@
       <c r="AP44" s="1"/>
       <c r="AQ44" s="1"/>
       <c r="AR44" s="1"/>
       <c r="AS44" s="1"/>
       <c r="AT44" s="1"/>
       <c r="AU44" s="1"/>
       <c r="AV44" s="1"/>
       <c r="AW44" s="1"/>
       <c r="AX44" s="1"/>
       <c r="AY44" s="1"/>
       <c r="AZ44" s="1"/>
       <c r="BA44"/>
       <c r="BB44"/>
       <c r="BC44"/>
       <c r="BD44"/>
       <c r="BE44"/>
       <c r="BF44" s="15"/>
     </row>
     <row r="45" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <f t="shared" si="3"/>
         <v>43</v>
       </c>
       <c r="B45" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C45" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D45" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC043</v>
       </c>
       <c r="E45" s="24" t="s">
         <v>48</v>
       </c>
       <c r="F45" s="26"/>
       <c r="G45" s="25"/>
       <c r="H45" s="20"/>
       <c r="I45" s="30"/>
       <c r="J45" s="27"/>
       <c r="K45" s="22"/>
       <c r="L45" s="23"/>
       <c r="M45" s="19"/>
       <c r="N45" s="28"/>
       <c r="O45" s="20"/>
       <c r="P45" s="28"/>
       <c r="Q45" s="20"/>
       <c r="R45" s="28"/>
@@ -6935,51 +6963,51 @@
       <c r="AP45" s="1"/>
       <c r="AQ45" s="1"/>
       <c r="AR45" s="1"/>
       <c r="AS45" s="1"/>
       <c r="AT45" s="1"/>
       <c r="AU45" s="1"/>
       <c r="AV45" s="1"/>
       <c r="AW45" s="1"/>
       <c r="AX45" s="1"/>
       <c r="AY45" s="1"/>
       <c r="AZ45" s="1"/>
       <c r="BA45"/>
       <c r="BB45"/>
       <c r="BC45"/>
       <c r="BD45"/>
       <c r="BE45"/>
       <c r="BF45" s="15"/>
     </row>
     <row r="46" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <f t="shared" si="3"/>
         <v>44</v>
       </c>
       <c r="B46" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C46" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D46" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC044</v>
       </c>
       <c r="E46" s="24" t="s">
         <v>49</v>
       </c>
       <c r="F46" s="26"/>
       <c r="G46" s="25"/>
       <c r="H46" s="20"/>
       <c r="I46" s="30"/>
       <c r="J46" s="27"/>
       <c r="K46" s="22"/>
       <c r="L46" s="23"/>
       <c r="M46" s="19"/>
       <c r="N46" s="28"/>
       <c r="O46" s="20"/>
       <c r="P46" s="28"/>
       <c r="Q46" s="20"/>
       <c r="R46" s="28"/>
@@ -7008,51 +7036,51 @@
       <c r="AP46" s="1"/>
       <c r="AQ46" s="1"/>
       <c r="AR46" s="1"/>
       <c r="AS46" s="1"/>
       <c r="AT46" s="1"/>
       <c r="AU46" s="1"/>
       <c r="AV46" s="1"/>
       <c r="AW46" s="1"/>
       <c r="AX46" s="1"/>
       <c r="AY46" s="1"/>
       <c r="AZ46" s="1"/>
       <c r="BA46"/>
       <c r="BB46"/>
       <c r="BC46"/>
       <c r="BD46"/>
       <c r="BE46"/>
       <c r="BF46" s="15"/>
     </row>
     <row r="47" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <f t="shared" si="3"/>
         <v>45</v>
       </c>
       <c r="B47" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C47" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D47" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC045</v>
       </c>
       <c r="E47" s="24" t="s">
         <v>50</v>
       </c>
       <c r="F47" s="26"/>
       <c r="G47" s="25"/>
       <c r="H47" s="20"/>
       <c r="I47" s="30"/>
       <c r="J47" s="27"/>
       <c r="K47" s="22"/>
       <c r="L47" s="23"/>
       <c r="M47" s="19"/>
       <c r="N47" s="28"/>
       <c r="O47" s="20"/>
       <c r="P47" s="28"/>
       <c r="Q47" s="20"/>
       <c r="R47" s="28"/>
@@ -7081,51 +7109,51 @@
       <c r="AP47" s="1"/>
       <c r="AQ47" s="1"/>
       <c r="AR47" s="1"/>
       <c r="AS47" s="1"/>
       <c r="AT47" s="1"/>
       <c r="AU47" s="1"/>
       <c r="AV47" s="1"/>
       <c r="AW47" s="1"/>
       <c r="AX47" s="1"/>
       <c r="AY47" s="1"/>
       <c r="AZ47" s="1"/>
       <c r="BA47"/>
       <c r="BB47"/>
       <c r="BC47"/>
       <c r="BD47"/>
       <c r="BE47"/>
       <c r="BF47" s="15"/>
     </row>
     <row r="48" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <f t="shared" si="3"/>
         <v>46</v>
       </c>
       <c r="B48" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C48" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D48" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC046</v>
       </c>
       <c r="E48" s="24" t="s">
         <v>51</v>
       </c>
       <c r="F48" s="26"/>
       <c r="G48" s="25"/>
       <c r="H48" s="20"/>
       <c r="I48" s="30"/>
       <c r="J48" s="27"/>
       <c r="K48" s="22"/>
       <c r="L48" s="23"/>
       <c r="M48" s="19"/>
       <c r="N48" s="28"/>
       <c r="O48" s="20"/>
       <c r="P48" s="28"/>
       <c r="Q48" s="20"/>
       <c r="R48" s="28"/>
@@ -7154,51 +7182,51 @@
       <c r="AP48" s="1"/>
       <c r="AQ48" s="1"/>
       <c r="AR48" s="1"/>
       <c r="AS48" s="1"/>
       <c r="AT48" s="1"/>
       <c r="AU48" s="1"/>
       <c r="AV48" s="1"/>
       <c r="AW48" s="1"/>
       <c r="AX48" s="1"/>
       <c r="AY48" s="1"/>
       <c r="AZ48" s="1"/>
       <c r="BA48"/>
       <c r="BB48"/>
       <c r="BC48"/>
       <c r="BD48"/>
       <c r="BE48"/>
       <c r="BF48" s="15"/>
     </row>
     <row r="49" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <f t="shared" si="3"/>
         <v>47</v>
       </c>
       <c r="B49" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C49" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D49" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC047</v>
       </c>
       <c r="E49" s="24" t="s">
         <v>52</v>
       </c>
       <c r="F49" s="26"/>
       <c r="G49" s="25"/>
       <c r="H49" s="20"/>
       <c r="I49" s="30"/>
       <c r="J49" s="27"/>
       <c r="K49" s="22"/>
       <c r="L49" s="23"/>
       <c r="M49" s="19"/>
       <c r="N49" s="28"/>
       <c r="O49" s="20"/>
       <c r="P49" s="28"/>
       <c r="Q49" s="20"/>
       <c r="R49" s="28"/>
@@ -7227,51 +7255,51 @@
       <c r="AP49" s="1"/>
       <c r="AQ49" s="1"/>
       <c r="AR49" s="1"/>
       <c r="AS49" s="1"/>
       <c r="AT49" s="1"/>
       <c r="AU49" s="1"/>
       <c r="AV49" s="1"/>
       <c r="AW49" s="1"/>
       <c r="AX49" s="1"/>
       <c r="AY49" s="1"/>
       <c r="AZ49" s="1"/>
       <c r="BA49"/>
       <c r="BB49"/>
       <c r="BC49"/>
       <c r="BD49"/>
       <c r="BE49"/>
       <c r="BF49" s="15"/>
     </row>
     <row r="50" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <f t="shared" si="3"/>
         <v>48</v>
       </c>
       <c r="B50" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C50" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D50" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC048</v>
       </c>
       <c r="E50" s="24" t="s">
         <v>53</v>
       </c>
       <c r="F50" s="26"/>
       <c r="G50" s="25"/>
       <c r="H50" s="20"/>
       <c r="I50" s="30"/>
       <c r="J50" s="27"/>
       <c r="K50" s="22"/>
       <c r="L50" s="23"/>
       <c r="M50" s="19"/>
       <c r="N50" s="28"/>
       <c r="O50" s="20"/>
       <c r="P50" s="28"/>
       <c r="Q50" s="20"/>
       <c r="R50" s="28"/>
@@ -7300,51 +7328,51 @@
       <c r="AP50" s="1"/>
       <c r="AQ50" s="1"/>
       <c r="AR50" s="1"/>
       <c r="AS50" s="1"/>
       <c r="AT50" s="1"/>
       <c r="AU50" s="1"/>
       <c r="AV50" s="1"/>
       <c r="AW50" s="1"/>
       <c r="AX50" s="1"/>
       <c r="AY50" s="1"/>
       <c r="AZ50" s="1"/>
       <c r="BA50"/>
       <c r="BB50"/>
       <c r="BC50"/>
       <c r="BD50"/>
       <c r="BE50"/>
       <c r="BF50" s="15"/>
     </row>
     <row r="51" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <f t="shared" si="3"/>
         <v>49</v>
       </c>
       <c r="B51" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C51" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D51" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC049</v>
       </c>
       <c r="E51" s="24" t="s">
         <v>54</v>
       </c>
       <c r="F51" s="26"/>
       <c r="G51" s="25"/>
       <c r="H51" s="20"/>
       <c r="I51" s="30"/>
       <c r="J51" s="27"/>
       <c r="K51" s="22"/>
       <c r="L51" s="23"/>
       <c r="M51" s="19"/>
       <c r="N51" s="28"/>
       <c r="O51" s="20"/>
       <c r="P51" s="28"/>
       <c r="Q51" s="20"/>
       <c r="R51" s="28"/>
@@ -7373,15356 +7401,15356 @@
       <c r="AP51" s="1"/>
       <c r="AQ51" s="1"/>
       <c r="AR51" s="1"/>
       <c r="AS51" s="1"/>
       <c r="AT51" s="1"/>
       <c r="AU51" s="1"/>
       <c r="AV51" s="1"/>
       <c r="AW51" s="1"/>
       <c r="AX51" s="1"/>
       <c r="AY51" s="1"/>
       <c r="AZ51" s="1"/>
       <c r="BA51"/>
       <c r="BB51"/>
       <c r="BC51"/>
       <c r="BD51"/>
       <c r="BE51"/>
       <c r="BF51" s="15"/>
     </row>
     <row r="52" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <f t="shared" si="3"/>
         <v>50</v>
       </c>
       <c r="B52" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C52" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D52" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC050</v>
       </c>
       <c r="E52" s="24" t="s">
         <v>55</v>
       </c>
       <c r="F52" s="26"/>
       <c r="G52" s="25"/>
       <c r="H52" s="20"/>
       <c r="I52" s="30"/>
       <c r="J52" s="27"/>
       <c r="K52" s="22"/>
       <c r="L52" s="23"/>
       <c r="M52" s="19"/>
       <c r="N52" s="28"/>
       <c r="O52" s="20"/>
       <c r="P52" s="28"/>
       <c r="Q52" s="20"/>
       <c r="R52" s="28"/>
       <c r="BA52" s="5"/>
       <c r="BB52" s="5"/>
       <c r="BC52" s="5"/>
       <c r="BD52" s="5"/>
       <c r="BE52" s="5"/>
     </row>
     <row r="53" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <f t="shared" si="3"/>
         <v>51</v>
       </c>
       <c r="B53" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C53" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D53" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC051</v>
       </c>
       <c r="E53" s="24" t="s">
         <v>56</v>
       </c>
       <c r="F53" s="26"/>
       <c r="G53" s="25"/>
       <c r="H53" s="20"/>
       <c r="I53" s="30"/>
       <c r="J53" s="27"/>
       <c r="K53" s="22"/>
       <c r="L53" s="23"/>
       <c r="M53" s="19"/>
       <c r="N53" s="28"/>
       <c r="O53" s="20"/>
       <c r="P53" s="28"/>
       <c r="Q53" s="20"/>
       <c r="R53" s="28"/>
     </row>
     <row r="54" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <f t="shared" si="3"/>
         <v>52</v>
       </c>
       <c r="B54" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C54" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D54" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC052</v>
       </c>
       <c r="E54" s="24" t="s">
         <v>57</v>
       </c>
       <c r="F54" s="26"/>
       <c r="G54" s="25"/>
       <c r="H54" s="20"/>
       <c r="I54" s="30"/>
       <c r="J54" s="27"/>
       <c r="K54" s="22"/>
       <c r="L54" s="23"/>
       <c r="M54" s="19"/>
       <c r="N54" s="28"/>
       <c r="O54" s="20"/>
       <c r="P54" s="28"/>
       <c r="Q54" s="20"/>
       <c r="R54" s="28"/>
     </row>
     <row r="55" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <f t="shared" si="3"/>
         <v>53</v>
       </c>
       <c r="B55" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C55" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D55" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC053</v>
       </c>
       <c r="E55" s="24" t="s">
         <v>58</v>
       </c>
       <c r="F55" s="26"/>
       <c r="G55" s="25"/>
       <c r="H55" s="20"/>
       <c r="I55" s="30"/>
       <c r="J55" s="27"/>
       <c r="K55" s="22"/>
       <c r="L55" s="23"/>
       <c r="M55" s="19"/>
       <c r="N55" s="28"/>
       <c r="O55" s="20"/>
       <c r="P55" s="28"/>
       <c r="Q55" s="20"/>
       <c r="R55" s="28"/>
     </row>
     <row r="56" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <f t="shared" si="3"/>
         <v>54</v>
       </c>
       <c r="B56" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C56" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D56" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC054</v>
       </c>
       <c r="E56" s="24" t="s">
         <v>59</v>
       </c>
       <c r="F56" s="26"/>
       <c r="G56" s="25"/>
       <c r="H56" s="20"/>
       <c r="I56" s="30"/>
       <c r="J56" s="27"/>
       <c r="K56" s="22"/>
       <c r="L56" s="23"/>
       <c r="M56" s="19"/>
       <c r="N56" s="28"/>
       <c r="O56" s="20"/>
       <c r="P56" s="28"/>
       <c r="Q56" s="20"/>
       <c r="R56" s="28"/>
     </row>
     <row r="57" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <f t="shared" si="3"/>
         <v>55</v>
       </c>
       <c r="B57" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C57" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D57" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC055</v>
       </c>
       <c r="E57" s="24" t="s">
         <v>60</v>
       </c>
       <c r="F57" s="26"/>
       <c r="G57" s="25"/>
       <c r="H57" s="20"/>
       <c r="I57" s="30"/>
       <c r="J57" s="27"/>
       <c r="K57" s="22"/>
       <c r="L57" s="23"/>
       <c r="M57" s="19"/>
       <c r="N57" s="28"/>
       <c r="O57" s="20"/>
       <c r="P57" s="28"/>
       <c r="Q57" s="20"/>
       <c r="R57" s="28"/>
     </row>
     <row r="58" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <f t="shared" si="3"/>
         <v>56</v>
       </c>
       <c r="B58" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C58" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D58" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC056</v>
       </c>
       <c r="E58" s="24" t="s">
         <v>61</v>
       </c>
       <c r="F58" s="26"/>
       <c r="G58" s="25"/>
       <c r="H58" s="20"/>
       <c r="I58" s="30"/>
       <c r="J58" s="27"/>
       <c r="K58" s="22"/>
       <c r="L58" s="23"/>
       <c r="M58" s="19"/>
       <c r="N58" s="28"/>
       <c r="O58" s="20"/>
       <c r="P58" s="28"/>
       <c r="Q58" s="20"/>
       <c r="R58" s="28"/>
     </row>
     <row r="59" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <f t="shared" si="3"/>
         <v>57</v>
       </c>
       <c r="B59" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C59" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D59" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC057</v>
       </c>
       <c r="E59" s="24" t="s">
         <v>62</v>
       </c>
       <c r="F59" s="26"/>
       <c r="G59" s="25"/>
       <c r="H59" s="20"/>
       <c r="I59" s="30"/>
       <c r="J59" s="27"/>
       <c r="K59" s="22"/>
       <c r="L59" s="23"/>
       <c r="M59" s="19"/>
       <c r="N59" s="28"/>
       <c r="O59" s="20"/>
       <c r="P59" s="28"/>
       <c r="Q59" s="20"/>
       <c r="R59" s="28"/>
     </row>
     <row r="60" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <f t="shared" si="3"/>
         <v>58</v>
       </c>
       <c r="B60" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C60" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D60" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC058</v>
       </c>
       <c r="E60" s="24" t="s">
         <v>63</v>
       </c>
       <c r="F60" s="26"/>
       <c r="G60" s="25"/>
       <c r="H60" s="20"/>
       <c r="I60" s="30"/>
       <c r="J60" s="27"/>
       <c r="K60" s="22"/>
       <c r="L60" s="23"/>
       <c r="M60" s="19"/>
       <c r="N60" s="28"/>
       <c r="O60" s="20"/>
       <c r="P60" s="28"/>
       <c r="Q60" s="20"/>
       <c r="R60" s="28"/>
     </row>
     <row r="61" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <f t="shared" si="3"/>
         <v>59</v>
       </c>
       <c r="B61" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C61" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D61" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC059</v>
       </c>
       <c r="E61" s="24" t="s">
         <v>64</v>
       </c>
       <c r="F61" s="26"/>
       <c r="G61" s="25"/>
       <c r="H61" s="20"/>
       <c r="I61" s="30"/>
       <c r="J61" s="27"/>
       <c r="K61" s="22"/>
       <c r="L61" s="23"/>
       <c r="M61" s="19"/>
       <c r="N61" s="28"/>
       <c r="O61" s="20"/>
       <c r="P61" s="28"/>
       <c r="Q61" s="20"/>
       <c r="R61" s="28"/>
     </row>
     <row r="62" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <f t="shared" si="3"/>
         <v>60</v>
       </c>
       <c r="B62" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C62" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D62" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC060</v>
       </c>
       <c r="E62" s="24" t="s">
         <v>65</v>
       </c>
       <c r="F62" s="26"/>
       <c r="G62" s="25"/>
       <c r="H62" s="20"/>
       <c r="I62" s="30"/>
       <c r="J62" s="27"/>
       <c r="K62" s="22"/>
       <c r="L62" s="23"/>
       <c r="M62" s="19"/>
       <c r="N62" s="28"/>
       <c r="O62" s="20"/>
       <c r="P62" s="28"/>
       <c r="Q62" s="20"/>
       <c r="R62" s="28"/>
     </row>
     <row r="63" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <f t="shared" si="3"/>
         <v>61</v>
       </c>
       <c r="B63" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C63" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D63" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC061</v>
       </c>
       <c r="E63" s="24" t="s">
         <v>66</v>
       </c>
       <c r="F63" s="26"/>
       <c r="G63" s="25"/>
       <c r="H63" s="20"/>
       <c r="I63" s="30"/>
       <c r="J63" s="27"/>
       <c r="K63" s="22"/>
       <c r="L63" s="23"/>
       <c r="M63" s="19"/>
       <c r="N63" s="28"/>
       <c r="O63" s="20"/>
       <c r="P63" s="28"/>
       <c r="Q63" s="20"/>
       <c r="R63" s="28"/>
     </row>
     <row r="64" spans="1:58" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <f t="shared" si="3"/>
         <v>62</v>
       </c>
       <c r="B64" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C64" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D64" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC062</v>
       </c>
       <c r="E64" s="24" t="s">
         <v>67</v>
       </c>
       <c r="F64" s="26"/>
       <c r="G64" s="25"/>
       <c r="H64" s="20"/>
       <c r="I64" s="30"/>
       <c r="J64" s="27"/>
       <c r="K64" s="22"/>
       <c r="L64" s="23"/>
       <c r="M64" s="19"/>
       <c r="N64" s="28"/>
       <c r="O64" s="20"/>
       <c r="P64" s="28"/>
       <c r="Q64" s="20"/>
       <c r="R64" s="28"/>
     </row>
     <row r="65" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <f t="shared" si="3"/>
         <v>63</v>
       </c>
       <c r="B65" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C65" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D65" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC063</v>
       </c>
       <c r="E65" s="24" t="s">
         <v>68</v>
       </c>
       <c r="F65" s="26"/>
       <c r="G65" s="25"/>
       <c r="H65" s="20"/>
       <c r="I65" s="30"/>
       <c r="J65" s="27"/>
       <c r="K65" s="22"/>
       <c r="L65" s="23"/>
       <c r="M65" s="19"/>
       <c r="N65" s="28"/>
       <c r="O65" s="20"/>
       <c r="P65" s="28"/>
       <c r="Q65" s="20"/>
       <c r="R65" s="28"/>
     </row>
     <row r="66" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <f t="shared" si="3"/>
         <v>64</v>
       </c>
       <c r="B66" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C66" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D66" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC064</v>
       </c>
       <c r="E66" s="24" t="s">
         <v>69</v>
       </c>
       <c r="F66" s="26"/>
       <c r="G66" s="25"/>
       <c r="H66" s="20"/>
       <c r="I66" s="30"/>
       <c r="J66" s="27"/>
       <c r="K66" s="22"/>
       <c r="L66" s="23"/>
       <c r="M66" s="19"/>
       <c r="N66" s="28"/>
       <c r="O66" s="20"/>
       <c r="P66" s="28"/>
       <c r="Q66" s="20"/>
       <c r="R66" s="28"/>
     </row>
     <row r="67" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <f t="shared" si="3"/>
         <v>65</v>
       </c>
       <c r="B67" s="3" t="str">
         <f t="shared" si="0"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C67" s="3" t="str">
         <f t="shared" si="1"/>
         <v>ABC</v>
       </c>
       <c r="D67" s="3" t="str">
         <f t="shared" si="2"/>
         <v>ABC065</v>
       </c>
       <c r="E67" s="24" t="s">
         <v>70</v>
       </c>
       <c r="F67" s="26"/>
       <c r="G67" s="25"/>
       <c r="H67" s="20"/>
       <c r="I67" s="30"/>
       <c r="J67" s="27"/>
       <c r="K67" s="22"/>
       <c r="L67" s="23"/>
       <c r="M67" s="19"/>
       <c r="N67" s="28"/>
       <c r="O67" s="20"/>
       <c r="P67" s="28"/>
       <c r="Q67" s="20"/>
       <c r="R67" s="28"/>
     </row>
     <row r="68" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <f t="shared" si="3"/>
         <v>66</v>
       </c>
       <c r="B68" s="3" t="str">
         <f t="shared" ref="B68:B131" si="4">$B$2</f>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C68" s="3" t="str">
         <f t="shared" ref="C68:C131" si="5">$C$2</f>
         <v>ABC</v>
       </c>
       <c r="D68" s="3" t="str">
         <f t="shared" ref="D68:D131" si="6">CONCATENATE(C68,E68)</f>
         <v>ABC066</v>
       </c>
       <c r="E68" s="24" t="s">
         <v>71</v>
       </c>
       <c r="F68" s="26"/>
       <c r="G68" s="25"/>
       <c r="H68" s="20"/>
       <c r="I68" s="30"/>
       <c r="J68" s="27"/>
       <c r="K68" s="22"/>
       <c r="L68" s="23"/>
       <c r="M68" s="19"/>
       <c r="N68" s="28"/>
       <c r="O68" s="20"/>
       <c r="P68" s="28"/>
       <c r="Q68" s="20"/>
       <c r="R68" s="28"/>
     </row>
     <row r="69" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <f t="shared" si="3"/>
         <v>67</v>
       </c>
       <c r="B69" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C69" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D69" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC067</v>
       </c>
       <c r="E69" s="24" t="s">
         <v>72</v>
       </c>
       <c r="F69" s="26"/>
       <c r="G69" s="25"/>
       <c r="H69" s="20"/>
       <c r="I69" s="30"/>
       <c r="J69" s="27"/>
       <c r="K69" s="22"/>
       <c r="L69" s="23"/>
       <c r="M69" s="19"/>
       <c r="N69" s="28"/>
       <c r="O69" s="20"/>
       <c r="P69" s="28"/>
       <c r="Q69" s="20"/>
       <c r="R69" s="28"/>
     </row>
     <row r="70" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <f t="shared" si="3"/>
         <v>68</v>
       </c>
       <c r="B70" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C70" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D70" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC068</v>
       </c>
       <c r="E70" s="24" t="s">
         <v>73</v>
       </c>
       <c r="F70" s="26"/>
       <c r="G70" s="25"/>
       <c r="H70" s="20"/>
       <c r="I70" s="30"/>
       <c r="J70" s="27"/>
       <c r="K70" s="22"/>
       <c r="L70" s="23"/>
       <c r="M70" s="19"/>
       <c r="N70" s="28"/>
       <c r="O70" s="20"/>
       <c r="P70" s="28"/>
       <c r="Q70" s="20"/>
       <c r="R70" s="28"/>
     </row>
     <row r="71" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <f t="shared" si="3"/>
         <v>69</v>
       </c>
       <c r="B71" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C71" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D71" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC069</v>
       </c>
       <c r="E71" s="24" t="s">
         <v>74</v>
       </c>
       <c r="F71" s="26"/>
       <c r="G71" s="25"/>
       <c r="H71" s="20"/>
       <c r="I71" s="30"/>
       <c r="J71" s="27"/>
       <c r="K71" s="22"/>
       <c r="L71" s="23"/>
       <c r="M71" s="19"/>
       <c r="N71" s="28"/>
       <c r="O71" s="20"/>
       <c r="P71" s="28"/>
       <c r="Q71" s="20"/>
       <c r="R71" s="28"/>
     </row>
     <row r="72" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <f t="shared" si="3"/>
         <v>70</v>
       </c>
       <c r="B72" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C72" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D72" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC070</v>
       </c>
       <c r="E72" s="24" t="s">
         <v>75</v>
       </c>
       <c r="F72" s="26"/>
       <c r="G72" s="25"/>
       <c r="H72" s="20"/>
       <c r="I72" s="30"/>
       <c r="J72" s="27"/>
       <c r="K72" s="22"/>
       <c r="L72" s="23"/>
       <c r="M72" s="19"/>
       <c r="N72" s="28"/>
       <c r="O72" s="20"/>
       <c r="P72" s="28"/>
       <c r="Q72" s="20"/>
       <c r="R72" s="28"/>
     </row>
     <row r="73" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <f t="shared" si="3"/>
         <v>71</v>
       </c>
       <c r="B73" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C73" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D73" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC071</v>
       </c>
       <c r="E73" s="24" t="s">
         <v>76</v>
       </c>
       <c r="F73" s="26"/>
       <c r="G73" s="25"/>
       <c r="H73" s="20"/>
       <c r="I73" s="30"/>
       <c r="J73" s="27"/>
       <c r="K73" s="22"/>
       <c r="L73" s="23"/>
       <c r="M73" s="19"/>
       <c r="N73" s="28"/>
       <c r="O73" s="20"/>
       <c r="P73" s="28"/>
       <c r="Q73" s="20"/>
       <c r="R73" s="28"/>
     </row>
     <row r="74" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <f t="shared" si="3"/>
         <v>72</v>
       </c>
       <c r="B74" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C74" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D74" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC072</v>
       </c>
       <c r="E74" s="24" t="s">
         <v>77</v>
       </c>
       <c r="F74" s="26"/>
       <c r="G74" s="25"/>
       <c r="H74" s="20"/>
       <c r="I74" s="30"/>
       <c r="J74" s="27"/>
       <c r="K74" s="22"/>
       <c r="L74" s="23"/>
       <c r="M74" s="19"/>
       <c r="N74" s="28"/>
       <c r="O74" s="20"/>
       <c r="P74" s="28"/>
       <c r="Q74" s="20"/>
       <c r="R74" s="28"/>
     </row>
     <row r="75" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <f t="shared" si="3"/>
         <v>73</v>
       </c>
       <c r="B75" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C75" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D75" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC073</v>
       </c>
       <c r="E75" s="24" t="s">
         <v>78</v>
       </c>
       <c r="F75" s="26"/>
       <c r="G75" s="25"/>
       <c r="H75" s="20"/>
       <c r="I75" s="30"/>
       <c r="J75" s="27"/>
       <c r="K75" s="22"/>
       <c r="L75" s="23"/>
       <c r="M75" s="19"/>
       <c r="N75" s="28"/>
       <c r="O75" s="20"/>
       <c r="P75" s="28"/>
       <c r="Q75" s="20"/>
       <c r="R75" s="28"/>
     </row>
     <row r="76" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <f t="shared" si="3"/>
         <v>74</v>
       </c>
       <c r="B76" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C76" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D76" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC074</v>
       </c>
       <c r="E76" s="24" t="s">
         <v>79</v>
       </c>
       <c r="F76" s="26"/>
       <c r="G76" s="25"/>
       <c r="H76" s="20"/>
       <c r="I76" s="30"/>
       <c r="J76" s="27"/>
       <c r="K76" s="22"/>
       <c r="L76" s="23"/>
       <c r="M76" s="19"/>
       <c r="N76" s="28"/>
       <c r="O76" s="20"/>
       <c r="P76" s="28"/>
       <c r="Q76" s="20"/>
       <c r="R76" s="28"/>
     </row>
     <row r="77" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <f t="shared" si="3"/>
         <v>75</v>
       </c>
       <c r="B77" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C77" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D77" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC075</v>
       </c>
       <c r="E77" s="24" t="s">
         <v>80</v>
       </c>
       <c r="F77" s="26"/>
       <c r="G77" s="25"/>
       <c r="H77" s="20"/>
       <c r="I77" s="30"/>
       <c r="J77" s="27"/>
       <c r="K77" s="22"/>
       <c r="L77" s="23"/>
       <c r="M77" s="19"/>
       <c r="N77" s="28"/>
       <c r="O77" s="20"/>
       <c r="P77" s="28"/>
       <c r="Q77" s="20"/>
       <c r="R77" s="28"/>
     </row>
     <row r="78" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <f t="shared" si="3"/>
         <v>76</v>
       </c>
       <c r="B78" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C78" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D78" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC076</v>
       </c>
       <c r="E78" s="24" t="s">
         <v>81</v>
       </c>
       <c r="F78" s="26"/>
       <c r="G78" s="25"/>
       <c r="H78" s="20"/>
       <c r="I78" s="30"/>
       <c r="J78" s="27"/>
       <c r="K78" s="22"/>
       <c r="L78" s="23"/>
       <c r="M78" s="19"/>
       <c r="N78" s="28"/>
       <c r="O78" s="20"/>
       <c r="P78" s="28"/>
       <c r="Q78" s="20"/>
       <c r="R78" s="28"/>
     </row>
     <row r="79" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <f t="shared" si="3"/>
         <v>77</v>
       </c>
       <c r="B79" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C79" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D79" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC077</v>
       </c>
       <c r="E79" s="24" t="s">
         <v>82</v>
       </c>
       <c r="F79" s="26"/>
       <c r="G79" s="25"/>
       <c r="H79" s="20"/>
       <c r="I79" s="30"/>
       <c r="J79" s="27"/>
       <c r="K79" s="22"/>
       <c r="L79" s="23"/>
       <c r="M79" s="19"/>
       <c r="N79" s="28"/>
       <c r="O79" s="20"/>
       <c r="P79" s="28"/>
       <c r="Q79" s="20"/>
       <c r="R79" s="28"/>
     </row>
     <row r="80" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <f t="shared" si="3"/>
         <v>78</v>
       </c>
       <c r="B80" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C80" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D80" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC078</v>
       </c>
       <c r="E80" s="24" t="s">
         <v>83</v>
       </c>
       <c r="F80" s="26"/>
       <c r="G80" s="25"/>
       <c r="H80" s="20"/>
       <c r="I80" s="30"/>
       <c r="J80" s="27"/>
       <c r="K80" s="22"/>
       <c r="L80" s="23"/>
       <c r="M80" s="19"/>
       <c r="N80" s="28"/>
       <c r="O80" s="20"/>
       <c r="P80" s="28"/>
       <c r="Q80" s="20"/>
       <c r="R80" s="28"/>
     </row>
     <row r="81" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <f t="shared" si="3"/>
         <v>79</v>
       </c>
       <c r="B81" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C81" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D81" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC079</v>
       </c>
       <c r="E81" s="24" t="s">
         <v>84</v>
       </c>
       <c r="F81" s="26"/>
       <c r="G81" s="25"/>
       <c r="H81" s="20"/>
       <c r="I81" s="30"/>
       <c r="J81" s="27"/>
       <c r="K81" s="22"/>
       <c r="L81" s="23"/>
       <c r="M81" s="19"/>
       <c r="N81" s="28"/>
       <c r="O81" s="20"/>
       <c r="P81" s="28"/>
       <c r="Q81" s="20"/>
       <c r="R81" s="28"/>
     </row>
     <row r="82" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <f t="shared" si="3"/>
         <v>80</v>
       </c>
       <c r="B82" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C82" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D82" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC080</v>
       </c>
       <c r="E82" s="24" t="s">
         <v>85</v>
       </c>
       <c r="F82" s="26"/>
       <c r="G82" s="25"/>
       <c r="H82" s="20"/>
       <c r="I82" s="30"/>
       <c r="J82" s="27"/>
       <c r="K82" s="22"/>
       <c r="L82" s="23"/>
       <c r="M82" s="19"/>
       <c r="N82" s="28"/>
       <c r="O82" s="20"/>
       <c r="P82" s="28"/>
       <c r="Q82" s="20"/>
       <c r="R82" s="28"/>
     </row>
     <row r="83" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <f t="shared" si="3"/>
         <v>81</v>
       </c>
       <c r="B83" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C83" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D83" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC081</v>
       </c>
       <c r="E83" s="24" t="s">
         <v>86</v>
       </c>
       <c r="F83" s="26"/>
       <c r="G83" s="25"/>
       <c r="H83" s="20"/>
       <c r="I83" s="30"/>
       <c r="J83" s="27"/>
       <c r="K83" s="22"/>
       <c r="L83" s="23"/>
       <c r="M83" s="19"/>
       <c r="N83" s="28"/>
       <c r="O83" s="20"/>
       <c r="P83" s="28"/>
       <c r="Q83" s="20"/>
       <c r="R83" s="28"/>
     </row>
     <row r="84" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <f t="shared" si="3"/>
         <v>82</v>
       </c>
       <c r="B84" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C84" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D84" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC082</v>
       </c>
       <c r="E84" s="24" t="s">
         <v>87</v>
       </c>
       <c r="F84" s="26"/>
       <c r="G84" s="25"/>
       <c r="H84" s="20"/>
       <c r="I84" s="30"/>
       <c r="J84" s="27"/>
       <c r="K84" s="22"/>
       <c r="L84" s="23"/>
       <c r="M84" s="19"/>
       <c r="N84" s="28"/>
       <c r="O84" s="20"/>
       <c r="P84" s="28"/>
       <c r="Q84" s="20"/>
       <c r="R84" s="28"/>
     </row>
     <row r="85" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <f t="shared" si="3"/>
         <v>83</v>
       </c>
       <c r="B85" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C85" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D85" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC083</v>
       </c>
       <c r="E85" s="24" t="s">
         <v>88</v>
       </c>
       <c r="F85" s="26"/>
       <c r="G85" s="25"/>
       <c r="H85" s="20"/>
       <c r="I85" s="30"/>
       <c r="J85" s="27"/>
       <c r="K85" s="22"/>
       <c r="L85" s="23"/>
       <c r="M85" s="19"/>
       <c r="N85" s="28"/>
       <c r="O85" s="20"/>
       <c r="P85" s="28"/>
       <c r="Q85" s="20"/>
       <c r="R85" s="28"/>
     </row>
     <row r="86" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <f t="shared" si="3"/>
         <v>84</v>
       </c>
       <c r="B86" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C86" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D86" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC084</v>
       </c>
       <c r="E86" s="24" t="s">
         <v>89</v>
       </c>
       <c r="F86" s="26"/>
       <c r="G86" s="25"/>
       <c r="H86" s="20"/>
       <c r="I86" s="30"/>
       <c r="J86" s="27"/>
       <c r="K86" s="22"/>
       <c r="L86" s="23"/>
       <c r="M86" s="19"/>
       <c r="N86" s="28"/>
       <c r="O86" s="20"/>
       <c r="P86" s="28"/>
       <c r="Q86" s="20"/>
       <c r="R86" s="28"/>
     </row>
     <row r="87" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <f t="shared" si="3"/>
         <v>85</v>
       </c>
       <c r="B87" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C87" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D87" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC085</v>
       </c>
       <c r="E87" s="24" t="s">
         <v>90</v>
       </c>
       <c r="F87" s="26"/>
       <c r="G87" s="25"/>
       <c r="H87" s="20"/>
       <c r="I87" s="30"/>
       <c r="J87" s="27"/>
       <c r="K87" s="22"/>
       <c r="L87" s="23"/>
       <c r="M87" s="19"/>
       <c r="N87" s="28"/>
       <c r="O87" s="20"/>
       <c r="P87" s="28"/>
       <c r="Q87" s="20"/>
       <c r="R87" s="28"/>
     </row>
     <row r="88" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <f t="shared" si="3"/>
         <v>86</v>
       </c>
       <c r="B88" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C88" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D88" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC086</v>
       </c>
       <c r="E88" s="24" t="s">
         <v>91</v>
       </c>
       <c r="F88" s="26"/>
       <c r="G88" s="25"/>
       <c r="H88" s="20"/>
       <c r="I88" s="30"/>
       <c r="J88" s="27"/>
       <c r="K88" s="22"/>
       <c r="L88" s="23"/>
       <c r="M88" s="19"/>
       <c r="N88" s="28"/>
       <c r="O88" s="20"/>
       <c r="P88" s="28"/>
       <c r="Q88" s="20"/>
       <c r="R88" s="28"/>
     </row>
     <row r="89" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <f t="shared" si="3"/>
         <v>87</v>
       </c>
       <c r="B89" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C89" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D89" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC087</v>
       </c>
       <c r="E89" s="24" t="s">
         <v>92</v>
       </c>
       <c r="F89" s="26"/>
       <c r="G89" s="25"/>
       <c r="H89" s="20"/>
       <c r="I89" s="30"/>
       <c r="J89" s="27"/>
       <c r="K89" s="22"/>
       <c r="L89" s="23"/>
       <c r="M89" s="19"/>
       <c r="N89" s="28"/>
       <c r="O89" s="20"/>
       <c r="P89" s="28"/>
       <c r="Q89" s="20"/>
       <c r="R89" s="28"/>
     </row>
     <row r="90" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <f t="shared" si="3"/>
         <v>88</v>
       </c>
       <c r="B90" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C90" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D90" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC088</v>
       </c>
       <c r="E90" s="24" t="s">
         <v>93</v>
       </c>
       <c r="F90" s="26"/>
       <c r="G90" s="25"/>
       <c r="H90" s="20"/>
       <c r="I90" s="30"/>
       <c r="J90" s="27"/>
       <c r="K90" s="22"/>
       <c r="L90" s="23"/>
       <c r="M90" s="19"/>
       <c r="N90" s="28"/>
       <c r="O90" s="20"/>
       <c r="P90" s="28"/>
       <c r="Q90" s="20"/>
       <c r="R90" s="28"/>
     </row>
     <row r="91" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <f t="shared" si="3"/>
         <v>89</v>
       </c>
       <c r="B91" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C91" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D91" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC089</v>
       </c>
       <c r="E91" s="24" t="s">
         <v>94</v>
       </c>
       <c r="F91" s="26"/>
       <c r="G91" s="25"/>
       <c r="H91" s="20"/>
       <c r="I91" s="30"/>
       <c r="J91" s="27"/>
       <c r="K91" s="22"/>
       <c r="L91" s="23"/>
       <c r="M91" s="19"/>
       <c r="N91" s="28"/>
       <c r="O91" s="20"/>
       <c r="P91" s="28"/>
       <c r="Q91" s="20"/>
       <c r="R91" s="28"/>
     </row>
     <row r="92" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <f t="shared" si="3"/>
         <v>90</v>
       </c>
       <c r="B92" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C92" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D92" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC090</v>
       </c>
       <c r="E92" s="24" t="s">
         <v>95</v>
       </c>
       <c r="F92" s="26"/>
       <c r="G92" s="25"/>
       <c r="H92" s="20"/>
       <c r="I92" s="30"/>
       <c r="J92" s="27"/>
       <c r="K92" s="22"/>
       <c r="L92" s="23"/>
       <c r="M92" s="19"/>
       <c r="N92" s="28"/>
       <c r="O92" s="20"/>
       <c r="P92" s="28"/>
       <c r="Q92" s="20"/>
       <c r="R92" s="28"/>
     </row>
     <row r="93" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <f t="shared" si="3"/>
         <v>91</v>
       </c>
       <c r="B93" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C93" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D93" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC091</v>
       </c>
       <c r="E93" s="24" t="s">
         <v>96</v>
       </c>
       <c r="F93" s="26"/>
       <c r="G93" s="25"/>
       <c r="H93" s="20"/>
       <c r="I93" s="30"/>
       <c r="J93" s="27"/>
       <c r="K93" s="22"/>
       <c r="L93" s="23"/>
       <c r="M93" s="19"/>
       <c r="N93" s="28"/>
       <c r="O93" s="20"/>
       <c r="P93" s="28"/>
       <c r="Q93" s="20"/>
       <c r="R93" s="28"/>
     </row>
     <row r="94" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <f t="shared" si="3"/>
         <v>92</v>
       </c>
       <c r="B94" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C94" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D94" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC092</v>
       </c>
       <c r="E94" s="24" t="s">
         <v>97</v>
       </c>
       <c r="F94" s="26"/>
       <c r="G94" s="25"/>
       <c r="H94" s="20"/>
       <c r="I94" s="30"/>
       <c r="J94" s="27"/>
       <c r="K94" s="22"/>
       <c r="L94" s="23"/>
       <c r="M94" s="19"/>
       <c r="N94" s="28"/>
       <c r="O94" s="20"/>
       <c r="P94" s="28"/>
       <c r="Q94" s="20"/>
       <c r="R94" s="28"/>
     </row>
     <row r="95" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <f t="shared" si="3"/>
         <v>93</v>
       </c>
       <c r="B95" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C95" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D95" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC093</v>
       </c>
       <c r="E95" s="24" t="s">
         <v>98</v>
       </c>
       <c r="F95" s="26"/>
       <c r="G95" s="25"/>
       <c r="H95" s="20"/>
       <c r="I95" s="30"/>
       <c r="J95" s="27"/>
       <c r="K95" s="22"/>
       <c r="L95" s="23"/>
       <c r="M95" s="19"/>
       <c r="N95" s="28"/>
       <c r="O95" s="20"/>
       <c r="P95" s="28"/>
       <c r="Q95" s="20"/>
       <c r="R95" s="28"/>
     </row>
     <row r="96" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <f t="shared" si="3"/>
         <v>94</v>
       </c>
       <c r="B96" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C96" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D96" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC094</v>
       </c>
       <c r="E96" s="24" t="s">
         <v>99</v>
       </c>
       <c r="F96" s="26"/>
       <c r="G96" s="25"/>
       <c r="H96" s="20"/>
       <c r="I96" s="30"/>
       <c r="J96" s="27"/>
       <c r="K96" s="22"/>
       <c r="L96" s="23"/>
       <c r="M96" s="19"/>
       <c r="N96" s="28"/>
       <c r="O96" s="20"/>
       <c r="P96" s="28"/>
       <c r="Q96" s="20"/>
       <c r="R96" s="28"/>
     </row>
     <row r="97" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <f t="shared" si="3"/>
         <v>95</v>
       </c>
       <c r="B97" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C97" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D97" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC095</v>
       </c>
       <c r="E97" s="24" t="s">
         <v>100</v>
       </c>
       <c r="F97" s="26"/>
       <c r="G97" s="25"/>
       <c r="H97" s="20"/>
       <c r="I97" s="30"/>
       <c r="J97" s="27"/>
       <c r="K97" s="22"/>
       <c r="L97" s="23"/>
       <c r="M97" s="19"/>
       <c r="N97" s="28"/>
       <c r="O97" s="20"/>
       <c r="P97" s="28"/>
       <c r="Q97" s="20"/>
       <c r="R97" s="28"/>
     </row>
     <row r="98" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <f t="shared" ref="A98:A161" si="7">A97+1</f>
         <v>96</v>
       </c>
       <c r="B98" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C98" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D98" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC096</v>
       </c>
       <c r="E98" s="24" t="s">
         <v>101</v>
       </c>
       <c r="F98" s="26"/>
       <c r="G98" s="25"/>
       <c r="H98" s="20"/>
       <c r="I98" s="30"/>
       <c r="J98" s="27"/>
       <c r="K98" s="22"/>
       <c r="L98" s="23"/>
       <c r="M98" s="19"/>
       <c r="N98" s="28"/>
       <c r="O98" s="20"/>
       <c r="P98" s="28"/>
       <c r="Q98" s="20"/>
       <c r="R98" s="28"/>
     </row>
     <row r="99" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <f t="shared" si="7"/>
         <v>97</v>
       </c>
       <c r="B99" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C99" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D99" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC097</v>
       </c>
       <c r="E99" s="24" t="s">
         <v>102</v>
       </c>
       <c r="F99" s="26"/>
       <c r="G99" s="25"/>
       <c r="H99" s="20"/>
       <c r="I99" s="30"/>
       <c r="J99" s="27"/>
       <c r="K99" s="22"/>
       <c r="L99" s="23"/>
       <c r="M99" s="19"/>
       <c r="N99" s="28"/>
       <c r="O99" s="20"/>
       <c r="P99" s="28"/>
       <c r="Q99" s="20"/>
       <c r="R99" s="28"/>
     </row>
     <row r="100" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <f t="shared" si="7"/>
         <v>98</v>
       </c>
       <c r="B100" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C100" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D100" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC098</v>
       </c>
       <c r="E100" s="24" t="s">
         <v>103</v>
       </c>
       <c r="F100" s="26"/>
       <c r="G100" s="25"/>
       <c r="H100" s="20"/>
       <c r="I100" s="30"/>
       <c r="J100" s="27"/>
       <c r="K100" s="22"/>
       <c r="L100" s="23"/>
       <c r="M100" s="19"/>
       <c r="N100" s="28"/>
       <c r="O100" s="20"/>
       <c r="P100" s="28"/>
       <c r="Q100" s="20"/>
       <c r="R100" s="28"/>
     </row>
     <row r="101" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <f t="shared" si="7"/>
         <v>99</v>
       </c>
       <c r="B101" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C101" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D101" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC099</v>
       </c>
       <c r="E101" s="24" t="s">
         <v>104</v>
       </c>
       <c r="F101" s="26"/>
       <c r="G101" s="25"/>
       <c r="H101" s="20"/>
       <c r="I101" s="30"/>
       <c r="J101" s="27"/>
       <c r="K101" s="22"/>
       <c r="L101" s="23"/>
       <c r="M101" s="19"/>
       <c r="N101" s="28"/>
       <c r="O101" s="20"/>
       <c r="P101" s="28"/>
       <c r="Q101" s="20"/>
       <c r="R101" s="28"/>
     </row>
     <row r="102" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <f t="shared" si="7"/>
         <v>100</v>
       </c>
       <c r="B102" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C102" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D102" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC100</v>
       </c>
       <c r="E102" s="24" t="s">
         <v>105</v>
       </c>
       <c r="F102" s="26"/>
       <c r="G102" s="25"/>
       <c r="H102" s="20"/>
       <c r="I102" s="30"/>
       <c r="J102" s="27"/>
       <c r="K102" s="22"/>
       <c r="L102" s="23"/>
       <c r="M102" s="19"/>
       <c r="N102" s="28"/>
       <c r="O102" s="20"/>
       <c r="P102" s="28"/>
       <c r="Q102" s="20"/>
       <c r="R102" s="28"/>
     </row>
     <row r="103" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <f t="shared" si="7"/>
         <v>101</v>
       </c>
       <c r="B103" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C103" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D103" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC101</v>
       </c>
       <c r="E103" s="24">
         <v>101</v>
       </c>
       <c r="F103" s="26"/>
       <c r="G103" s="25"/>
       <c r="H103" s="20"/>
       <c r="I103" s="30"/>
       <c r="J103" s="27"/>
       <c r="K103" s="22"/>
       <c r="L103" s="23"/>
       <c r="M103" s="19"/>
       <c r="N103" s="28"/>
       <c r="O103" s="20"/>
       <c r="P103" s="28"/>
       <c r="Q103" s="20"/>
       <c r="R103" s="28"/>
     </row>
     <row r="104" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <f t="shared" si="7"/>
         <v>102</v>
       </c>
       <c r="B104" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C104" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D104" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC102</v>
       </c>
       <c r="E104" s="24">
         <v>102</v>
       </c>
       <c r="F104" s="26"/>
       <c r="G104" s="25"/>
       <c r="H104" s="20"/>
       <c r="I104" s="30"/>
       <c r="J104" s="27"/>
       <c r="K104" s="22"/>
       <c r="L104" s="23"/>
       <c r="M104" s="19"/>
       <c r="N104" s="28"/>
       <c r="O104" s="20"/>
       <c r="P104" s="28"/>
       <c r="Q104" s="20"/>
       <c r="R104" s="28"/>
     </row>
     <row r="105" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <f t="shared" si="7"/>
         <v>103</v>
       </c>
       <c r="B105" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C105" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D105" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC103</v>
       </c>
       <c r="E105" s="24">
         <v>103</v>
       </c>
       <c r="F105" s="26"/>
       <c r="G105" s="25"/>
       <c r="H105" s="20"/>
       <c r="I105" s="30"/>
       <c r="J105" s="27"/>
       <c r="K105" s="22"/>
       <c r="L105" s="23"/>
       <c r="M105" s="19"/>
       <c r="N105" s="28"/>
       <c r="O105" s="20"/>
       <c r="P105" s="28"/>
       <c r="Q105" s="20"/>
       <c r="R105" s="28"/>
     </row>
     <row r="106" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <f t="shared" si="7"/>
         <v>104</v>
       </c>
       <c r="B106" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C106" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D106" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC104</v>
       </c>
       <c r="E106" s="24">
         <v>104</v>
       </c>
       <c r="F106" s="26"/>
       <c r="G106" s="25"/>
       <c r="H106" s="20"/>
       <c r="I106" s="30"/>
       <c r="J106" s="27"/>
       <c r="K106" s="22"/>
       <c r="L106" s="23"/>
       <c r="M106" s="19"/>
       <c r="N106" s="28"/>
       <c r="O106" s="20"/>
       <c r="P106" s="28"/>
       <c r="Q106" s="20"/>
       <c r="R106" s="28"/>
     </row>
     <row r="107" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <f t="shared" si="7"/>
         <v>105</v>
       </c>
       <c r="B107" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C107" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D107" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC105</v>
       </c>
       <c r="E107" s="24">
         <v>105</v>
       </c>
       <c r="F107" s="26"/>
       <c r="G107" s="25"/>
       <c r="H107" s="20"/>
       <c r="I107" s="30"/>
       <c r="J107" s="27"/>
       <c r="K107" s="22"/>
       <c r="L107" s="23"/>
       <c r="M107" s="19"/>
       <c r="N107" s="28"/>
       <c r="O107" s="20"/>
       <c r="P107" s="28"/>
       <c r="Q107" s="20"/>
       <c r="R107" s="28"/>
     </row>
     <row r="108" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <f t="shared" si="7"/>
         <v>106</v>
       </c>
       <c r="B108" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C108" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D108" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC106</v>
       </c>
       <c r="E108" s="24">
         <v>106</v>
       </c>
       <c r="F108" s="26"/>
       <c r="G108" s="25"/>
       <c r="H108" s="20"/>
       <c r="I108" s="30"/>
       <c r="J108" s="27"/>
       <c r="K108" s="22"/>
       <c r="L108" s="23"/>
       <c r="M108" s="19"/>
       <c r="N108" s="28"/>
       <c r="O108" s="20"/>
       <c r="P108" s="28"/>
       <c r="Q108" s="20"/>
       <c r="R108" s="28"/>
     </row>
     <row r="109" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <f t="shared" si="7"/>
         <v>107</v>
       </c>
       <c r="B109" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C109" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D109" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC107</v>
       </c>
       <c r="E109" s="24">
         <v>107</v>
       </c>
       <c r="F109" s="26"/>
       <c r="G109" s="25"/>
       <c r="H109" s="20"/>
       <c r="I109" s="30"/>
       <c r="J109" s="27"/>
       <c r="K109" s="22"/>
       <c r="L109" s="23"/>
       <c r="M109" s="19"/>
       <c r="N109" s="28"/>
       <c r="O109" s="20"/>
       <c r="P109" s="28"/>
       <c r="Q109" s="20"/>
       <c r="R109" s="28"/>
     </row>
     <row r="110" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <f t="shared" si="7"/>
         <v>108</v>
       </c>
       <c r="B110" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C110" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D110" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC108</v>
       </c>
       <c r="E110" s="24">
         <v>108</v>
       </c>
       <c r="F110" s="26"/>
       <c r="G110" s="25"/>
       <c r="H110" s="20"/>
       <c r="I110" s="30"/>
       <c r="J110" s="27"/>
       <c r="K110" s="22"/>
       <c r="L110" s="23"/>
       <c r="M110" s="19"/>
       <c r="N110" s="28"/>
       <c r="O110" s="20"/>
       <c r="P110" s="28"/>
       <c r="Q110" s="20"/>
       <c r="R110" s="28"/>
     </row>
     <row r="111" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <f t="shared" si="7"/>
         <v>109</v>
       </c>
       <c r="B111" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C111" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D111" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC109</v>
       </c>
       <c r="E111" s="24">
         <v>109</v>
       </c>
       <c r="F111" s="26"/>
       <c r="G111" s="25"/>
       <c r="H111" s="20"/>
       <c r="I111" s="30"/>
       <c r="J111" s="27"/>
       <c r="K111" s="22"/>
       <c r="L111" s="23"/>
       <c r="M111" s="19"/>
       <c r="N111" s="28"/>
       <c r="O111" s="20"/>
       <c r="P111" s="28"/>
       <c r="Q111" s="20"/>
       <c r="R111" s="28"/>
     </row>
     <row r="112" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <f t="shared" si="7"/>
         <v>110</v>
       </c>
       <c r="B112" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C112" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D112" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC110</v>
       </c>
       <c r="E112" s="24">
         <v>110</v>
       </c>
       <c r="F112" s="26"/>
       <c r="G112" s="25"/>
       <c r="H112" s="20"/>
       <c r="I112" s="30"/>
       <c r="J112" s="27"/>
       <c r="K112" s="22"/>
       <c r="L112" s="23"/>
       <c r="M112" s="19"/>
       <c r="N112" s="28"/>
       <c r="O112" s="20"/>
       <c r="P112" s="28"/>
       <c r="Q112" s="20"/>
       <c r="R112" s="28"/>
     </row>
     <row r="113" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <f t="shared" si="7"/>
         <v>111</v>
       </c>
       <c r="B113" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C113" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D113" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC111</v>
       </c>
       <c r="E113" s="24">
         <v>111</v>
       </c>
       <c r="F113" s="26"/>
       <c r="G113" s="25"/>
       <c r="H113" s="20"/>
       <c r="I113" s="30"/>
       <c r="J113" s="27"/>
       <c r="K113" s="22"/>
       <c r="L113" s="23"/>
       <c r="M113" s="19"/>
       <c r="N113" s="28"/>
       <c r="O113" s="20"/>
       <c r="P113" s="28"/>
       <c r="Q113" s="20"/>
       <c r="R113" s="28"/>
     </row>
     <row r="114" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <f t="shared" si="7"/>
         <v>112</v>
       </c>
       <c r="B114" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C114" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D114" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC112</v>
       </c>
       <c r="E114" s="24">
         <v>112</v>
       </c>
       <c r="F114" s="26"/>
       <c r="G114" s="25"/>
       <c r="H114" s="20"/>
       <c r="I114" s="30"/>
       <c r="J114" s="27"/>
       <c r="K114" s="22"/>
       <c r="L114" s="23"/>
       <c r="M114" s="19"/>
       <c r="N114" s="28"/>
       <c r="O114" s="20"/>
       <c r="P114" s="28"/>
       <c r="Q114" s="20"/>
       <c r="R114" s="28"/>
     </row>
     <row r="115" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <f t="shared" si="7"/>
         <v>113</v>
       </c>
       <c r="B115" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C115" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D115" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC113</v>
       </c>
       <c r="E115" s="24">
         <v>113</v>
       </c>
       <c r="F115" s="26"/>
       <c r="G115" s="25"/>
       <c r="H115" s="20"/>
       <c r="I115" s="30"/>
       <c r="J115" s="27"/>
       <c r="K115" s="22"/>
       <c r="L115" s="23"/>
       <c r="M115" s="19"/>
       <c r="N115" s="28"/>
       <c r="O115" s="20"/>
       <c r="P115" s="28"/>
       <c r="Q115" s="20"/>
       <c r="R115" s="28"/>
     </row>
     <row r="116" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <f t="shared" si="7"/>
         <v>114</v>
       </c>
       <c r="B116" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C116" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D116" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC114</v>
       </c>
       <c r="E116" s="24">
         <v>114</v>
       </c>
       <c r="F116" s="26"/>
       <c r="G116" s="25"/>
       <c r="H116" s="20"/>
       <c r="I116" s="30"/>
       <c r="J116" s="27"/>
       <c r="K116" s="22"/>
       <c r="L116" s="23"/>
       <c r="M116" s="19"/>
       <c r="N116" s="28"/>
       <c r="O116" s="20"/>
       <c r="P116" s="28"/>
       <c r="Q116" s="20"/>
       <c r="R116" s="28"/>
     </row>
     <row r="117" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <f t="shared" si="7"/>
         <v>115</v>
       </c>
       <c r="B117" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C117" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D117" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC115</v>
       </c>
       <c r="E117" s="24">
         <v>115</v>
       </c>
       <c r="F117" s="26"/>
       <c r="G117" s="25"/>
       <c r="H117" s="20"/>
       <c r="I117" s="30"/>
       <c r="J117" s="27"/>
       <c r="K117" s="22"/>
       <c r="L117" s="23"/>
       <c r="M117" s="19"/>
       <c r="N117" s="28"/>
       <c r="O117" s="20"/>
       <c r="P117" s="28"/>
       <c r="Q117" s="20"/>
       <c r="R117" s="28"/>
     </row>
     <row r="118" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <f t="shared" si="7"/>
         <v>116</v>
       </c>
       <c r="B118" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C118" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D118" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC116</v>
       </c>
       <c r="E118" s="24">
         <v>116</v>
       </c>
       <c r="F118" s="26"/>
       <c r="G118" s="25"/>
       <c r="H118" s="20"/>
       <c r="I118" s="30"/>
       <c r="J118" s="27"/>
       <c r="K118" s="22"/>
       <c r="L118" s="23"/>
       <c r="M118" s="19"/>
       <c r="N118" s="28"/>
       <c r="O118" s="20"/>
       <c r="P118" s="28"/>
       <c r="Q118" s="20"/>
       <c r="R118" s="28"/>
     </row>
     <row r="119" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <f t="shared" si="7"/>
         <v>117</v>
       </c>
       <c r="B119" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C119" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D119" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC117</v>
       </c>
       <c r="E119" s="24">
         <v>117</v>
       </c>
       <c r="F119" s="26"/>
       <c r="G119" s="25"/>
       <c r="H119" s="20"/>
       <c r="I119" s="30"/>
       <c r="J119" s="27"/>
       <c r="K119" s="22"/>
       <c r="L119" s="23"/>
       <c r="M119" s="19"/>
       <c r="N119" s="28"/>
       <c r="O119" s="20"/>
       <c r="P119" s="28"/>
       <c r="Q119" s="20"/>
       <c r="R119" s="28"/>
     </row>
     <row r="120" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <f t="shared" si="7"/>
         <v>118</v>
       </c>
       <c r="B120" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C120" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D120" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC118</v>
       </c>
       <c r="E120" s="24">
         <v>118</v>
       </c>
       <c r="F120" s="26"/>
       <c r="G120" s="25"/>
       <c r="H120" s="20"/>
       <c r="I120" s="30"/>
       <c r="J120" s="27"/>
       <c r="K120" s="22"/>
       <c r="L120" s="23"/>
       <c r="M120" s="19"/>
       <c r="N120" s="28"/>
       <c r="O120" s="20"/>
       <c r="P120" s="28"/>
       <c r="Q120" s="20"/>
       <c r="R120" s="28"/>
     </row>
     <row r="121" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <f t="shared" si="7"/>
         <v>119</v>
       </c>
       <c r="B121" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C121" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D121" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC119</v>
       </c>
       <c r="E121" s="24">
         <v>119</v>
       </c>
       <c r="F121" s="26"/>
       <c r="G121" s="25"/>
       <c r="H121" s="20"/>
       <c r="I121" s="30"/>
       <c r="J121" s="27"/>
       <c r="K121" s="22"/>
       <c r="L121" s="23"/>
       <c r="M121" s="19"/>
       <c r="N121" s="28"/>
       <c r="O121" s="20"/>
       <c r="P121" s="28"/>
       <c r="Q121" s="20"/>
       <c r="R121" s="28"/>
     </row>
     <row r="122" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <f t="shared" si="7"/>
         <v>120</v>
       </c>
       <c r="B122" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C122" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D122" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC120</v>
       </c>
       <c r="E122" s="24">
         <v>120</v>
       </c>
       <c r="F122" s="26"/>
       <c r="G122" s="25"/>
       <c r="H122" s="20"/>
       <c r="I122" s="30"/>
       <c r="J122" s="27"/>
       <c r="K122" s="22"/>
       <c r="L122" s="23"/>
       <c r="M122" s="19"/>
       <c r="N122" s="28"/>
       <c r="O122" s="20"/>
       <c r="P122" s="28"/>
       <c r="Q122" s="20"/>
       <c r="R122" s="28"/>
     </row>
     <row r="123" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <f t="shared" si="7"/>
         <v>121</v>
       </c>
       <c r="B123" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C123" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D123" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC121</v>
       </c>
       <c r="E123" s="24">
         <v>121</v>
       </c>
       <c r="F123" s="26"/>
       <c r="G123" s="25"/>
       <c r="H123" s="20"/>
       <c r="I123" s="30"/>
       <c r="J123" s="27"/>
       <c r="K123" s="22"/>
       <c r="L123" s="23"/>
       <c r="M123" s="19"/>
       <c r="N123" s="28"/>
       <c r="O123" s="20"/>
       <c r="P123" s="28"/>
       <c r="Q123" s="20"/>
       <c r="R123" s="28"/>
     </row>
     <row r="124" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <f t="shared" si="7"/>
         <v>122</v>
       </c>
       <c r="B124" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C124" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D124" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC122</v>
       </c>
       <c r="E124" s="24">
         <v>122</v>
       </c>
       <c r="F124" s="26"/>
       <c r="G124" s="25"/>
       <c r="H124" s="20"/>
       <c r="I124" s="30"/>
       <c r="J124" s="27"/>
       <c r="K124" s="22"/>
       <c r="L124" s="23"/>
       <c r="M124" s="19"/>
       <c r="N124" s="28"/>
       <c r="O124" s="20"/>
       <c r="P124" s="28"/>
       <c r="Q124" s="20"/>
       <c r="R124" s="28"/>
     </row>
     <row r="125" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <f t="shared" si="7"/>
         <v>123</v>
       </c>
       <c r="B125" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C125" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D125" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC123</v>
       </c>
       <c r="E125" s="24">
         <v>123</v>
       </c>
       <c r="F125" s="26"/>
       <c r="G125" s="25"/>
       <c r="H125" s="20"/>
       <c r="I125" s="30"/>
       <c r="J125" s="27"/>
       <c r="K125" s="22"/>
       <c r="L125" s="23"/>
       <c r="M125" s="19"/>
       <c r="N125" s="28"/>
       <c r="O125" s="20"/>
       <c r="P125" s="28"/>
       <c r="Q125" s="20"/>
       <c r="R125" s="28"/>
     </row>
     <row r="126" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <f t="shared" si="7"/>
         <v>124</v>
       </c>
       <c r="B126" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C126" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D126" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC124</v>
       </c>
       <c r="E126" s="24">
         <v>124</v>
       </c>
       <c r="F126" s="26"/>
       <c r="G126" s="25"/>
       <c r="H126" s="20"/>
       <c r="I126" s="30"/>
       <c r="J126" s="27"/>
       <c r="K126" s="22"/>
       <c r="L126" s="23"/>
       <c r="M126" s="19"/>
       <c r="N126" s="28"/>
       <c r="O126" s="20"/>
       <c r="P126" s="28"/>
       <c r="Q126" s="20"/>
       <c r="R126" s="28"/>
     </row>
     <row r="127" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <f t="shared" si="7"/>
         <v>125</v>
       </c>
       <c r="B127" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C127" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D127" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC125</v>
       </c>
       <c r="E127" s="24">
         <v>125</v>
       </c>
       <c r="F127" s="26"/>
       <c r="G127" s="25"/>
       <c r="H127" s="20"/>
       <c r="I127" s="30"/>
       <c r="J127" s="27"/>
       <c r="K127" s="22"/>
       <c r="L127" s="23"/>
       <c r="M127" s="19"/>
       <c r="N127" s="28"/>
       <c r="O127" s="20"/>
       <c r="P127" s="28"/>
       <c r="Q127" s="20"/>
       <c r="R127" s="28"/>
     </row>
     <row r="128" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <f t="shared" si="7"/>
         <v>126</v>
       </c>
       <c r="B128" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C128" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D128" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC126</v>
       </c>
       <c r="E128" s="24">
         <v>126</v>
       </c>
       <c r="F128" s="26"/>
       <c r="G128" s="25"/>
       <c r="H128" s="20"/>
       <c r="I128" s="30"/>
       <c r="J128" s="27"/>
       <c r="K128" s="22"/>
       <c r="L128" s="23"/>
       <c r="M128" s="19"/>
       <c r="N128" s="28"/>
       <c r="O128" s="20"/>
       <c r="P128" s="28"/>
       <c r="Q128" s="20"/>
       <c r="R128" s="28"/>
     </row>
     <row r="129" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <f t="shared" si="7"/>
         <v>127</v>
       </c>
       <c r="B129" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C129" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D129" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC127</v>
       </c>
       <c r="E129" s="24">
         <v>127</v>
       </c>
       <c r="F129" s="26"/>
       <c r="G129" s="25"/>
       <c r="H129" s="20"/>
       <c r="I129" s="30"/>
       <c r="J129" s="27"/>
       <c r="K129" s="22"/>
       <c r="L129" s="23"/>
       <c r="M129" s="19"/>
       <c r="N129" s="28"/>
       <c r="O129" s="20"/>
       <c r="P129" s="28"/>
       <c r="Q129" s="20"/>
       <c r="R129" s="28"/>
     </row>
     <row r="130" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <f t="shared" si="7"/>
         <v>128</v>
       </c>
       <c r="B130" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C130" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D130" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC128</v>
       </c>
       <c r="E130" s="24">
         <v>128</v>
       </c>
       <c r="F130" s="26"/>
       <c r="G130" s="25"/>
       <c r="H130" s="20"/>
       <c r="I130" s="30"/>
       <c r="J130" s="27"/>
       <c r="K130" s="22"/>
       <c r="L130" s="23"/>
       <c r="M130" s="19"/>
       <c r="N130" s="28"/>
       <c r="O130" s="20"/>
       <c r="P130" s="28"/>
       <c r="Q130" s="20"/>
       <c r="R130" s="28"/>
     </row>
     <row r="131" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <f t="shared" si="7"/>
         <v>129</v>
       </c>
       <c r="B131" s="3" t="str">
         <f t="shared" si="4"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C131" s="3" t="str">
         <f t="shared" si="5"/>
         <v>ABC</v>
       </c>
       <c r="D131" s="3" t="str">
         <f t="shared" si="6"/>
         <v>ABC129</v>
       </c>
       <c r="E131" s="24">
         <v>129</v>
       </c>
       <c r="F131" s="26"/>
       <c r="G131" s="25"/>
       <c r="H131" s="20"/>
       <c r="I131" s="30"/>
       <c r="J131" s="27"/>
       <c r="K131" s="22"/>
       <c r="L131" s="23"/>
       <c r="M131" s="19"/>
       <c r="N131" s="28"/>
       <c r="O131" s="20"/>
       <c r="P131" s="28"/>
       <c r="Q131" s="20"/>
       <c r="R131" s="28"/>
     </row>
     <row r="132" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <f t="shared" si="7"/>
         <v>130</v>
       </c>
       <c r="B132" s="3" t="str">
         <f t="shared" ref="B132:B195" si="8">$B$2</f>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C132" s="3" t="str">
         <f t="shared" ref="C132:C195" si="9">$C$2</f>
         <v>ABC</v>
       </c>
       <c r="D132" s="3" t="str">
         <f t="shared" ref="D132:D195" si="10">CONCATENATE(C132,E132)</f>
         <v>ABC130</v>
       </c>
       <c r="E132" s="24">
         <v>130</v>
       </c>
       <c r="F132" s="26"/>
       <c r="G132" s="25"/>
       <c r="H132" s="20"/>
       <c r="I132" s="30"/>
       <c r="J132" s="27"/>
       <c r="K132" s="22"/>
       <c r="L132" s="23"/>
       <c r="M132" s="19"/>
       <c r="N132" s="28"/>
       <c r="O132" s="20"/>
       <c r="P132" s="28"/>
       <c r="Q132" s="20"/>
       <c r="R132" s="28"/>
     </row>
     <row r="133" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <f t="shared" si="7"/>
         <v>131</v>
       </c>
       <c r="B133" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C133" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D133" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC131</v>
       </c>
       <c r="E133" s="24">
         <v>131</v>
       </c>
       <c r="F133" s="26"/>
       <c r="G133" s="25"/>
       <c r="H133" s="20"/>
       <c r="I133" s="30"/>
       <c r="J133" s="27"/>
       <c r="K133" s="22"/>
       <c r="L133" s="23"/>
       <c r="M133" s="19"/>
       <c r="N133" s="28"/>
       <c r="O133" s="20"/>
       <c r="P133" s="28"/>
       <c r="Q133" s="20"/>
       <c r="R133" s="28"/>
     </row>
     <row r="134" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <f t="shared" si="7"/>
         <v>132</v>
       </c>
       <c r="B134" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C134" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D134" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC132</v>
       </c>
       <c r="E134" s="24">
         <v>132</v>
       </c>
       <c r="F134" s="26"/>
       <c r="G134" s="25"/>
       <c r="H134" s="20"/>
       <c r="I134" s="30"/>
       <c r="J134" s="27"/>
       <c r="K134" s="22"/>
       <c r="L134" s="23"/>
       <c r="M134" s="19"/>
       <c r="N134" s="28"/>
       <c r="O134" s="20"/>
       <c r="P134" s="28"/>
       <c r="Q134" s="20"/>
       <c r="R134" s="28"/>
     </row>
     <row r="135" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <f t="shared" si="7"/>
         <v>133</v>
       </c>
       <c r="B135" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C135" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D135" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC133</v>
       </c>
       <c r="E135" s="24">
         <v>133</v>
       </c>
       <c r="F135" s="26"/>
       <c r="G135" s="25"/>
       <c r="H135" s="20"/>
       <c r="I135" s="30"/>
       <c r="J135" s="27"/>
       <c r="K135" s="22"/>
       <c r="L135" s="23"/>
       <c r="M135" s="19"/>
       <c r="N135" s="28"/>
       <c r="O135" s="20"/>
       <c r="P135" s="28"/>
       <c r="Q135" s="20"/>
       <c r="R135" s="28"/>
     </row>
     <row r="136" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <f t="shared" si="7"/>
         <v>134</v>
       </c>
       <c r="B136" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C136" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D136" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC134</v>
       </c>
       <c r="E136" s="24">
         <v>134</v>
       </c>
       <c r="F136" s="26"/>
       <c r="G136" s="25"/>
       <c r="H136" s="20"/>
       <c r="I136" s="30"/>
       <c r="J136" s="27"/>
       <c r="K136" s="22"/>
       <c r="L136" s="23"/>
       <c r="M136" s="19"/>
       <c r="N136" s="28"/>
       <c r="O136" s="20"/>
       <c r="P136" s="28"/>
       <c r="Q136" s="20"/>
       <c r="R136" s="28"/>
     </row>
     <row r="137" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <f t="shared" si="7"/>
         <v>135</v>
       </c>
       <c r="B137" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C137" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D137" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC135</v>
       </c>
       <c r="E137" s="24">
         <v>135</v>
       </c>
       <c r="F137" s="26"/>
       <c r="G137" s="25"/>
       <c r="H137" s="20"/>
       <c r="I137" s="30"/>
       <c r="J137" s="27"/>
       <c r="K137" s="22"/>
       <c r="L137" s="23"/>
       <c r="M137" s="19"/>
       <c r="N137" s="28"/>
       <c r="O137" s="20"/>
       <c r="P137" s="28"/>
       <c r="Q137" s="20"/>
       <c r="R137" s="28"/>
     </row>
     <row r="138" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <f t="shared" si="7"/>
         <v>136</v>
       </c>
       <c r="B138" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C138" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D138" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC136</v>
       </c>
       <c r="E138" s="24">
         <v>136</v>
       </c>
       <c r="F138" s="26"/>
       <c r="G138" s="25"/>
       <c r="H138" s="20"/>
       <c r="I138" s="30"/>
       <c r="J138" s="27"/>
       <c r="K138" s="22"/>
       <c r="L138" s="23"/>
       <c r="M138" s="19"/>
       <c r="N138" s="28"/>
       <c r="O138" s="20"/>
       <c r="P138" s="28"/>
       <c r="Q138" s="20"/>
       <c r="R138" s="28"/>
     </row>
     <row r="139" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <f t="shared" si="7"/>
         <v>137</v>
       </c>
       <c r="B139" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C139" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D139" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC137</v>
       </c>
       <c r="E139" s="24">
         <v>137</v>
       </c>
       <c r="F139" s="26"/>
       <c r="G139" s="25"/>
       <c r="H139" s="20"/>
       <c r="I139" s="30"/>
       <c r="J139" s="27"/>
       <c r="K139" s="22"/>
       <c r="L139" s="23"/>
       <c r="M139" s="19"/>
       <c r="N139" s="28"/>
       <c r="O139" s="20"/>
       <c r="P139" s="28"/>
       <c r="Q139" s="20"/>
       <c r="R139" s="28"/>
     </row>
     <row r="140" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <f t="shared" si="7"/>
         <v>138</v>
       </c>
       <c r="B140" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C140" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D140" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC138</v>
       </c>
       <c r="E140" s="24">
         <v>138</v>
       </c>
       <c r="F140" s="26"/>
       <c r="G140" s="25"/>
       <c r="H140" s="20"/>
       <c r="I140" s="30"/>
       <c r="J140" s="27"/>
       <c r="K140" s="22"/>
       <c r="L140" s="23"/>
       <c r="M140" s="19"/>
       <c r="N140" s="28"/>
       <c r="O140" s="20"/>
       <c r="P140" s="28"/>
       <c r="Q140" s="20"/>
       <c r="R140" s="28"/>
     </row>
     <row r="141" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <f t="shared" si="7"/>
         <v>139</v>
       </c>
       <c r="B141" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C141" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D141" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC139</v>
       </c>
       <c r="E141" s="24">
         <v>139</v>
       </c>
       <c r="F141" s="26"/>
       <c r="G141" s="25"/>
       <c r="H141" s="20"/>
       <c r="I141" s="30"/>
       <c r="J141" s="27"/>
       <c r="K141" s="22"/>
       <c r="L141" s="23"/>
       <c r="M141" s="19"/>
       <c r="N141" s="28"/>
       <c r="O141" s="20"/>
       <c r="P141" s="28"/>
       <c r="Q141" s="20"/>
       <c r="R141" s="28"/>
     </row>
     <row r="142" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <f t="shared" si="7"/>
         <v>140</v>
       </c>
       <c r="B142" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C142" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D142" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC140</v>
       </c>
       <c r="E142" s="24">
         <v>140</v>
       </c>
       <c r="F142" s="26"/>
       <c r="G142" s="25"/>
       <c r="H142" s="20"/>
       <c r="I142" s="30"/>
       <c r="J142" s="27"/>
       <c r="K142" s="22"/>
       <c r="L142" s="23"/>
       <c r="M142" s="19"/>
       <c r="N142" s="28"/>
       <c r="O142" s="20"/>
       <c r="P142" s="28"/>
       <c r="Q142" s="20"/>
       <c r="R142" s="28"/>
     </row>
     <row r="143" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <f t="shared" si="7"/>
         <v>141</v>
       </c>
       <c r="B143" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C143" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D143" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC141</v>
       </c>
       <c r="E143" s="24">
         <v>141</v>
       </c>
       <c r="F143" s="26"/>
       <c r="G143" s="25"/>
       <c r="H143" s="20"/>
       <c r="I143" s="30"/>
       <c r="J143" s="27"/>
       <c r="K143" s="22"/>
       <c r="L143" s="23"/>
       <c r="M143" s="19"/>
       <c r="N143" s="28"/>
       <c r="O143" s="20"/>
       <c r="P143" s="28"/>
       <c r="Q143" s="20"/>
       <c r="R143" s="28"/>
     </row>
     <row r="144" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <f t="shared" si="7"/>
         <v>142</v>
       </c>
       <c r="B144" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C144" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D144" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC142</v>
       </c>
       <c r="E144" s="24">
         <v>142</v>
       </c>
       <c r="F144" s="26"/>
       <c r="G144" s="25"/>
       <c r="H144" s="20"/>
       <c r="I144" s="30"/>
       <c r="J144" s="27"/>
       <c r="K144" s="22"/>
       <c r="L144" s="23"/>
       <c r="M144" s="19"/>
       <c r="N144" s="28"/>
       <c r="O144" s="20"/>
       <c r="P144" s="28"/>
       <c r="Q144" s="20"/>
       <c r="R144" s="28"/>
     </row>
     <row r="145" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <f t="shared" si="7"/>
         <v>143</v>
       </c>
       <c r="B145" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C145" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D145" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC143</v>
       </c>
       <c r="E145" s="24">
         <v>143</v>
       </c>
       <c r="F145" s="26"/>
       <c r="G145" s="25"/>
       <c r="H145" s="20"/>
       <c r="I145" s="30"/>
       <c r="J145" s="27"/>
       <c r="K145" s="22"/>
       <c r="L145" s="23"/>
       <c r="M145" s="19"/>
       <c r="N145" s="28"/>
       <c r="O145" s="20"/>
       <c r="P145" s="28"/>
       <c r="Q145" s="20"/>
       <c r="R145" s="28"/>
     </row>
     <row r="146" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <f t="shared" si="7"/>
         <v>144</v>
       </c>
       <c r="B146" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C146" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D146" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC144</v>
       </c>
       <c r="E146" s="24">
         <v>144</v>
       </c>
       <c r="F146" s="26"/>
       <c r="G146" s="25"/>
       <c r="H146" s="20"/>
       <c r="I146" s="30"/>
       <c r="J146" s="27"/>
       <c r="K146" s="22"/>
       <c r="L146" s="23"/>
       <c r="M146" s="19"/>
       <c r="N146" s="28"/>
       <c r="O146" s="20"/>
       <c r="P146" s="28"/>
       <c r="Q146" s="20"/>
       <c r="R146" s="28"/>
     </row>
     <row r="147" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <f t="shared" si="7"/>
         <v>145</v>
       </c>
       <c r="B147" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C147" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D147" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC145</v>
       </c>
       <c r="E147" s="24">
         <v>145</v>
       </c>
       <c r="F147" s="26"/>
       <c r="G147" s="25"/>
       <c r="H147" s="20"/>
       <c r="I147" s="30"/>
       <c r="J147" s="27"/>
       <c r="K147" s="22"/>
       <c r="L147" s="23"/>
       <c r="M147" s="19"/>
       <c r="N147" s="28"/>
       <c r="O147" s="20"/>
       <c r="P147" s="28"/>
       <c r="Q147" s="20"/>
       <c r="R147" s="28"/>
     </row>
     <row r="148" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <f t="shared" si="7"/>
         <v>146</v>
       </c>
       <c r="B148" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C148" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D148" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC146</v>
       </c>
       <c r="E148" s="24">
         <v>146</v>
       </c>
       <c r="F148" s="26"/>
       <c r="G148" s="25"/>
       <c r="H148" s="20"/>
       <c r="I148" s="30"/>
       <c r="J148" s="27"/>
       <c r="K148" s="22"/>
       <c r="L148" s="23"/>
       <c r="M148" s="19"/>
       <c r="N148" s="28"/>
       <c r="O148" s="20"/>
       <c r="P148" s="28"/>
       <c r="Q148" s="20"/>
       <c r="R148" s="28"/>
     </row>
     <row r="149" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <f t="shared" si="7"/>
         <v>147</v>
       </c>
       <c r="B149" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C149" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D149" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC147</v>
       </c>
       <c r="E149" s="24">
         <v>147</v>
       </c>
       <c r="F149" s="26"/>
       <c r="G149" s="25"/>
       <c r="H149" s="20"/>
       <c r="I149" s="30"/>
       <c r="J149" s="27"/>
       <c r="K149" s="22"/>
       <c r="L149" s="23"/>
       <c r="M149" s="19"/>
       <c r="N149" s="28"/>
       <c r="O149" s="20"/>
       <c r="P149" s="28"/>
       <c r="Q149" s="20"/>
       <c r="R149" s="28"/>
     </row>
     <row r="150" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <f t="shared" si="7"/>
         <v>148</v>
       </c>
       <c r="B150" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C150" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D150" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC148</v>
       </c>
       <c r="E150" s="24">
         <v>148</v>
       </c>
       <c r="F150" s="26"/>
       <c r="G150" s="25"/>
       <c r="H150" s="20"/>
       <c r="I150" s="30"/>
       <c r="J150" s="27"/>
       <c r="K150" s="22"/>
       <c r="L150" s="23"/>
       <c r="M150" s="19"/>
       <c r="N150" s="28"/>
       <c r="O150" s="20"/>
       <c r="P150" s="28"/>
       <c r="Q150" s="20"/>
       <c r="R150" s="28"/>
     </row>
     <row r="151" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <f t="shared" si="7"/>
         <v>149</v>
       </c>
       <c r="B151" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C151" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D151" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC149</v>
       </c>
       <c r="E151" s="24">
         <v>149</v>
       </c>
       <c r="F151" s="26"/>
       <c r="G151" s="25"/>
       <c r="H151" s="20"/>
       <c r="I151" s="30"/>
       <c r="J151" s="27"/>
       <c r="K151" s="22"/>
       <c r="L151" s="23"/>
       <c r="M151" s="19"/>
       <c r="N151" s="28"/>
       <c r="O151" s="20"/>
       <c r="P151" s="28"/>
       <c r="Q151" s="20"/>
       <c r="R151" s="28"/>
     </row>
     <row r="152" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <f t="shared" si="7"/>
         <v>150</v>
       </c>
       <c r="B152" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C152" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D152" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC150</v>
       </c>
       <c r="E152" s="24">
         <v>150</v>
       </c>
       <c r="F152" s="26"/>
       <c r="G152" s="25"/>
       <c r="H152" s="20"/>
       <c r="I152" s="30"/>
       <c r="J152" s="27"/>
       <c r="K152" s="22"/>
       <c r="L152" s="23"/>
       <c r="M152" s="19"/>
       <c r="N152" s="28"/>
       <c r="O152" s="20"/>
       <c r="P152" s="28"/>
       <c r="Q152" s="20"/>
       <c r="R152" s="28"/>
     </row>
     <row r="153" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <f t="shared" si="7"/>
         <v>151</v>
       </c>
       <c r="B153" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C153" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D153" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC151</v>
       </c>
       <c r="E153" s="24">
         <v>151</v>
       </c>
       <c r="F153" s="26"/>
       <c r="G153" s="25"/>
       <c r="H153" s="20"/>
       <c r="I153" s="30"/>
       <c r="J153" s="27"/>
       <c r="K153" s="22"/>
       <c r="L153" s="23"/>
       <c r="M153" s="19"/>
       <c r="N153" s="28"/>
       <c r="O153" s="20"/>
       <c r="P153" s="28"/>
       <c r="Q153" s="20"/>
       <c r="R153" s="28"/>
     </row>
     <row r="154" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <f t="shared" si="7"/>
         <v>152</v>
       </c>
       <c r="B154" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C154" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D154" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC152</v>
       </c>
       <c r="E154" s="24">
         <v>152</v>
       </c>
       <c r="F154" s="26"/>
       <c r="G154" s="25"/>
       <c r="H154" s="20"/>
       <c r="I154" s="30"/>
       <c r="J154" s="27"/>
       <c r="K154" s="22"/>
       <c r="L154" s="23"/>
       <c r="M154" s="19"/>
       <c r="N154" s="28"/>
       <c r="O154" s="20"/>
       <c r="P154" s="28"/>
       <c r="Q154" s="20"/>
       <c r="R154" s="28"/>
     </row>
     <row r="155" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <f t="shared" si="7"/>
         <v>153</v>
       </c>
       <c r="B155" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C155" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D155" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC153</v>
       </c>
       <c r="E155" s="24">
         <v>153</v>
       </c>
       <c r="F155" s="26"/>
       <c r="G155" s="25"/>
       <c r="H155" s="20"/>
       <c r="I155" s="30"/>
       <c r="J155" s="27"/>
       <c r="K155" s="22"/>
       <c r="L155" s="23"/>
       <c r="M155" s="19"/>
       <c r="N155" s="28"/>
       <c r="O155" s="20"/>
       <c r="P155" s="28"/>
       <c r="Q155" s="20"/>
       <c r="R155" s="28"/>
     </row>
     <row r="156" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <f t="shared" si="7"/>
         <v>154</v>
       </c>
       <c r="B156" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C156" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D156" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC154</v>
       </c>
       <c r="E156" s="24">
         <v>154</v>
       </c>
       <c r="F156" s="26"/>
       <c r="G156" s="25"/>
       <c r="H156" s="20"/>
       <c r="I156" s="30"/>
       <c r="J156" s="27"/>
       <c r="K156" s="22"/>
       <c r="L156" s="23"/>
       <c r="M156" s="19"/>
       <c r="N156" s="28"/>
       <c r="O156" s="20"/>
       <c r="P156" s="28"/>
       <c r="Q156" s="20"/>
       <c r="R156" s="28"/>
     </row>
     <row r="157" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <f t="shared" si="7"/>
         <v>155</v>
       </c>
       <c r="B157" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C157" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D157" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC155</v>
       </c>
       <c r="E157" s="24">
         <v>155</v>
       </c>
       <c r="F157" s="26"/>
       <c r="G157" s="25"/>
       <c r="H157" s="20"/>
       <c r="I157" s="30"/>
       <c r="J157" s="27"/>
       <c r="K157" s="22"/>
       <c r="L157" s="23"/>
       <c r="M157" s="19"/>
       <c r="N157" s="28"/>
       <c r="O157" s="20"/>
       <c r="P157" s="28"/>
       <c r="Q157" s="20"/>
       <c r="R157" s="28"/>
     </row>
     <row r="158" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <f t="shared" si="7"/>
         <v>156</v>
       </c>
       <c r="B158" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C158" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D158" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC156</v>
       </c>
       <c r="E158" s="24">
         <v>156</v>
       </c>
       <c r="F158" s="26"/>
       <c r="G158" s="25"/>
       <c r="H158" s="20"/>
       <c r="I158" s="30"/>
       <c r="J158" s="27"/>
       <c r="K158" s="22"/>
       <c r="L158" s="23"/>
       <c r="M158" s="19"/>
       <c r="N158" s="28"/>
       <c r="O158" s="20"/>
       <c r="P158" s="28"/>
       <c r="Q158" s="20"/>
       <c r="R158" s="28"/>
     </row>
     <row r="159" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <f t="shared" si="7"/>
         <v>157</v>
       </c>
       <c r="B159" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C159" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D159" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC157</v>
       </c>
       <c r="E159" s="24">
         <v>157</v>
       </c>
       <c r="F159" s="26"/>
       <c r="G159" s="25"/>
       <c r="H159" s="20"/>
       <c r="I159" s="30"/>
       <c r="J159" s="27"/>
       <c r="K159" s="22"/>
       <c r="L159" s="23"/>
       <c r="M159" s="19"/>
       <c r="N159" s="28"/>
       <c r="O159" s="20"/>
       <c r="P159" s="28"/>
       <c r="Q159" s="20"/>
       <c r="R159" s="28"/>
     </row>
     <row r="160" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <f t="shared" si="7"/>
         <v>158</v>
       </c>
       <c r="B160" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C160" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D160" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC158</v>
       </c>
       <c r="E160" s="24">
         <v>158</v>
       </c>
       <c r="F160" s="26"/>
       <c r="G160" s="25"/>
       <c r="H160" s="20"/>
       <c r="I160" s="30"/>
       <c r="J160" s="27"/>
       <c r="K160" s="22"/>
       <c r="L160" s="23"/>
       <c r="M160" s="19"/>
       <c r="N160" s="28"/>
       <c r="O160" s="20"/>
       <c r="P160" s="28"/>
       <c r="Q160" s="20"/>
       <c r="R160" s="28"/>
     </row>
     <row r="161" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <f t="shared" si="7"/>
         <v>159</v>
       </c>
       <c r="B161" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C161" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D161" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC159</v>
       </c>
       <c r="E161" s="24">
         <v>159</v>
       </c>
       <c r="F161" s="26"/>
       <c r="G161" s="25"/>
       <c r="H161" s="20"/>
       <c r="I161" s="30"/>
       <c r="J161" s="27"/>
       <c r="K161" s="22"/>
       <c r="L161" s="23"/>
       <c r="M161" s="19"/>
       <c r="N161" s="28"/>
       <c r="O161" s="20"/>
       <c r="P161" s="28"/>
       <c r="Q161" s="20"/>
       <c r="R161" s="28"/>
     </row>
     <row r="162" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <f t="shared" ref="A162:A225" si="11">A161+1</f>
         <v>160</v>
       </c>
       <c r="B162" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C162" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D162" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC160</v>
       </c>
       <c r="E162" s="24">
         <v>160</v>
       </c>
       <c r="F162" s="26"/>
       <c r="G162" s="25"/>
       <c r="H162" s="20"/>
       <c r="I162" s="30"/>
       <c r="J162" s="27"/>
       <c r="K162" s="22"/>
       <c r="L162" s="23"/>
       <c r="M162" s="19"/>
       <c r="N162" s="28"/>
       <c r="O162" s="20"/>
       <c r="P162" s="28"/>
       <c r="Q162" s="20"/>
       <c r="R162" s="28"/>
     </row>
     <row r="163" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <f t="shared" si="11"/>
         <v>161</v>
       </c>
       <c r="B163" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C163" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D163" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC161</v>
       </c>
       <c r="E163" s="24">
         <v>161</v>
       </c>
       <c r="F163" s="26"/>
       <c r="G163" s="25"/>
       <c r="H163" s="20"/>
       <c r="I163" s="30"/>
       <c r="J163" s="27"/>
       <c r="K163" s="22"/>
       <c r="L163" s="23"/>
       <c r="M163" s="19"/>
       <c r="N163" s="28"/>
       <c r="O163" s="20"/>
       <c r="P163" s="28"/>
       <c r="Q163" s="20"/>
       <c r="R163" s="28"/>
     </row>
     <row r="164" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <f t="shared" si="11"/>
         <v>162</v>
       </c>
       <c r="B164" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C164" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D164" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC162</v>
       </c>
       <c r="E164" s="24">
         <v>162</v>
       </c>
       <c r="F164" s="26"/>
       <c r="G164" s="25"/>
       <c r="H164" s="20"/>
       <c r="I164" s="30"/>
       <c r="J164" s="27"/>
       <c r="K164" s="22"/>
       <c r="L164" s="23"/>
       <c r="M164" s="19"/>
       <c r="N164" s="28"/>
       <c r="O164" s="20"/>
       <c r="P164" s="28"/>
       <c r="Q164" s="20"/>
       <c r="R164" s="28"/>
     </row>
     <row r="165" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <f t="shared" si="11"/>
         <v>163</v>
       </c>
       <c r="B165" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C165" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D165" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC163</v>
       </c>
       <c r="E165" s="24">
         <v>163</v>
       </c>
       <c r="F165" s="26"/>
       <c r="G165" s="25"/>
       <c r="H165" s="20"/>
       <c r="I165" s="30"/>
       <c r="J165" s="27"/>
       <c r="K165" s="22"/>
       <c r="L165" s="23"/>
       <c r="M165" s="19"/>
       <c r="N165" s="28"/>
       <c r="O165" s="20"/>
       <c r="P165" s="28"/>
       <c r="Q165" s="20"/>
       <c r="R165" s="28"/>
     </row>
     <row r="166" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <f t="shared" si="11"/>
         <v>164</v>
       </c>
       <c r="B166" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C166" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D166" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC164</v>
       </c>
       <c r="E166" s="24">
         <v>164</v>
       </c>
       <c r="F166" s="26"/>
       <c r="G166" s="25"/>
       <c r="H166" s="20"/>
       <c r="I166" s="30"/>
       <c r="J166" s="27"/>
       <c r="K166" s="22"/>
       <c r="L166" s="23"/>
       <c r="M166" s="19"/>
       <c r="N166" s="28"/>
       <c r="O166" s="20"/>
       <c r="P166" s="28"/>
       <c r="Q166" s="20"/>
       <c r="R166" s="28"/>
     </row>
     <row r="167" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <f t="shared" si="11"/>
         <v>165</v>
       </c>
       <c r="B167" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C167" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D167" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC165</v>
       </c>
       <c r="E167" s="24">
         <v>165</v>
       </c>
       <c r="F167" s="26"/>
       <c r="G167" s="25"/>
       <c r="H167" s="20"/>
       <c r="I167" s="30"/>
       <c r="J167" s="27"/>
       <c r="K167" s="22"/>
       <c r="L167" s="23"/>
       <c r="M167" s="19"/>
       <c r="N167" s="28"/>
       <c r="O167" s="20"/>
       <c r="P167" s="28"/>
       <c r="Q167" s="20"/>
       <c r="R167" s="28"/>
     </row>
     <row r="168" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <f t="shared" si="11"/>
         <v>166</v>
       </c>
       <c r="B168" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C168" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D168" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC166</v>
       </c>
       <c r="E168" s="24">
         <v>166</v>
       </c>
       <c r="F168" s="26"/>
       <c r="G168" s="25"/>
       <c r="H168" s="20"/>
       <c r="I168" s="30"/>
       <c r="J168" s="27"/>
       <c r="K168" s="22"/>
       <c r="L168" s="23"/>
       <c r="M168" s="19"/>
       <c r="N168" s="28"/>
       <c r="O168" s="20"/>
       <c r="P168" s="28"/>
       <c r="Q168" s="20"/>
       <c r="R168" s="28"/>
     </row>
     <row r="169" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <f t="shared" si="11"/>
         <v>167</v>
       </c>
       <c r="B169" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C169" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D169" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC167</v>
       </c>
       <c r="E169" s="24">
         <v>167</v>
       </c>
       <c r="F169" s="26"/>
       <c r="G169" s="25"/>
       <c r="H169" s="20"/>
       <c r="I169" s="30"/>
       <c r="J169" s="27"/>
       <c r="K169" s="22"/>
       <c r="L169" s="23"/>
       <c r="M169" s="19"/>
       <c r="N169" s="28"/>
       <c r="O169" s="20"/>
       <c r="P169" s="28"/>
       <c r="Q169" s="20"/>
       <c r="R169" s="28"/>
     </row>
     <row r="170" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <f t="shared" si="11"/>
         <v>168</v>
       </c>
       <c r="B170" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C170" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D170" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC168</v>
       </c>
       <c r="E170" s="24">
         <v>168</v>
       </c>
       <c r="F170" s="26"/>
       <c r="G170" s="25"/>
       <c r="H170" s="20"/>
       <c r="I170" s="30"/>
       <c r="J170" s="27"/>
       <c r="K170" s="22"/>
       <c r="L170" s="23"/>
       <c r="M170" s="19"/>
       <c r="N170" s="28"/>
       <c r="O170" s="20"/>
       <c r="P170" s="28"/>
       <c r="Q170" s="20"/>
       <c r="R170" s="28"/>
     </row>
     <row r="171" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <f t="shared" si="11"/>
         <v>169</v>
       </c>
       <c r="B171" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C171" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D171" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC169</v>
       </c>
       <c r="E171" s="24">
         <v>169</v>
       </c>
       <c r="F171" s="26"/>
       <c r="G171" s="25"/>
       <c r="H171" s="20"/>
       <c r="I171" s="30"/>
       <c r="J171" s="27"/>
       <c r="K171" s="22"/>
       <c r="L171" s="23"/>
       <c r="M171" s="19"/>
       <c r="N171" s="28"/>
       <c r="O171" s="20"/>
       <c r="P171" s="28"/>
       <c r="Q171" s="20"/>
       <c r="R171" s="28"/>
     </row>
     <row r="172" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <f t="shared" si="11"/>
         <v>170</v>
       </c>
       <c r="B172" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C172" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D172" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC170</v>
       </c>
       <c r="E172" s="24">
         <v>170</v>
       </c>
       <c r="F172" s="26"/>
       <c r="G172" s="25"/>
       <c r="H172" s="20"/>
       <c r="I172" s="30"/>
       <c r="J172" s="27"/>
       <c r="K172" s="22"/>
       <c r="L172" s="23"/>
       <c r="M172" s="19"/>
       <c r="N172" s="28"/>
       <c r="O172" s="20"/>
       <c r="P172" s="28"/>
       <c r="Q172" s="20"/>
       <c r="R172" s="28"/>
     </row>
     <row r="173" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <f t="shared" si="11"/>
         <v>171</v>
       </c>
       <c r="B173" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C173" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D173" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC171</v>
       </c>
       <c r="E173" s="24">
         <v>171</v>
       </c>
       <c r="F173" s="26"/>
       <c r="G173" s="25"/>
       <c r="H173" s="20"/>
       <c r="I173" s="30"/>
       <c r="J173" s="27"/>
       <c r="K173" s="22"/>
       <c r="L173" s="23"/>
       <c r="M173" s="19"/>
       <c r="N173" s="28"/>
       <c r="O173" s="20"/>
       <c r="P173" s="28"/>
       <c r="Q173" s="20"/>
       <c r="R173" s="28"/>
     </row>
     <row r="174" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <f t="shared" si="11"/>
         <v>172</v>
       </c>
       <c r="B174" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C174" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D174" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC172</v>
       </c>
       <c r="E174" s="24">
         <v>172</v>
       </c>
       <c r="F174" s="26"/>
       <c r="G174" s="25"/>
       <c r="H174" s="20"/>
       <c r="I174" s="30"/>
       <c r="J174" s="27"/>
       <c r="K174" s="22"/>
       <c r="L174" s="23"/>
       <c r="M174" s="19"/>
       <c r="N174" s="28"/>
       <c r="O174" s="20"/>
       <c r="P174" s="28"/>
       <c r="Q174" s="20"/>
       <c r="R174" s="28"/>
     </row>
     <row r="175" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <f t="shared" si="11"/>
         <v>173</v>
       </c>
       <c r="B175" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C175" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D175" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC173</v>
       </c>
       <c r="E175" s="24">
         <v>173</v>
       </c>
       <c r="F175" s="26"/>
       <c r="G175" s="25"/>
       <c r="H175" s="20"/>
       <c r="I175" s="30"/>
       <c r="J175" s="27"/>
       <c r="K175" s="22"/>
       <c r="L175" s="23"/>
       <c r="M175" s="19"/>
       <c r="N175" s="28"/>
       <c r="O175" s="20"/>
       <c r="P175" s="28"/>
       <c r="Q175" s="20"/>
       <c r="R175" s="28"/>
     </row>
     <row r="176" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <f t="shared" si="11"/>
         <v>174</v>
       </c>
       <c r="B176" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C176" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D176" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC174</v>
       </c>
       <c r="E176" s="24">
         <v>174</v>
       </c>
       <c r="F176" s="26"/>
       <c r="G176" s="25"/>
       <c r="H176" s="20"/>
       <c r="I176" s="30"/>
       <c r="J176" s="27"/>
       <c r="K176" s="22"/>
       <c r="L176" s="23"/>
       <c r="M176" s="19"/>
       <c r="N176" s="28"/>
       <c r="O176" s="20"/>
       <c r="P176" s="28"/>
       <c r="Q176" s="20"/>
       <c r="R176" s="28"/>
     </row>
     <row r="177" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <f t="shared" si="11"/>
         <v>175</v>
       </c>
       <c r="B177" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C177" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D177" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC175</v>
       </c>
       <c r="E177" s="24">
         <v>175</v>
       </c>
       <c r="F177" s="26"/>
       <c r="G177" s="25"/>
       <c r="H177" s="20"/>
       <c r="I177" s="30"/>
       <c r="J177" s="27"/>
       <c r="K177" s="22"/>
       <c r="L177" s="23"/>
       <c r="M177" s="19"/>
       <c r="N177" s="28"/>
       <c r="O177" s="20"/>
       <c r="P177" s="28"/>
       <c r="Q177" s="20"/>
       <c r="R177" s="28"/>
     </row>
     <row r="178" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <f t="shared" si="11"/>
         <v>176</v>
       </c>
       <c r="B178" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C178" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D178" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC176</v>
       </c>
       <c r="E178" s="24">
         <v>176</v>
       </c>
       <c r="F178" s="26"/>
       <c r="G178" s="25"/>
       <c r="H178" s="20"/>
       <c r="I178" s="30"/>
       <c r="J178" s="27"/>
       <c r="K178" s="22"/>
       <c r="L178" s="23"/>
       <c r="M178" s="19"/>
       <c r="N178" s="28"/>
       <c r="O178" s="20"/>
       <c r="P178" s="28"/>
       <c r="Q178" s="20"/>
       <c r="R178" s="28"/>
     </row>
     <row r="179" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <f t="shared" si="11"/>
         <v>177</v>
       </c>
       <c r="B179" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C179" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D179" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC177</v>
       </c>
       <c r="E179" s="24">
         <v>177</v>
       </c>
       <c r="F179" s="26"/>
       <c r="G179" s="25"/>
       <c r="H179" s="20"/>
       <c r="I179" s="30"/>
       <c r="J179" s="27"/>
       <c r="K179" s="22"/>
       <c r="L179" s="23"/>
       <c r="M179" s="19"/>
       <c r="N179" s="28"/>
       <c r="O179" s="20"/>
       <c r="P179" s="28"/>
       <c r="Q179" s="20"/>
       <c r="R179" s="28"/>
     </row>
     <row r="180" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <f t="shared" si="11"/>
         <v>178</v>
       </c>
       <c r="B180" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C180" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D180" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC178</v>
       </c>
       <c r="E180" s="24">
         <v>178</v>
       </c>
       <c r="F180" s="26"/>
       <c r="G180" s="25"/>
       <c r="H180" s="20"/>
       <c r="I180" s="30"/>
       <c r="J180" s="27"/>
       <c r="K180" s="22"/>
       <c r="L180" s="23"/>
       <c r="M180" s="19"/>
       <c r="N180" s="28"/>
       <c r="O180" s="20"/>
       <c r="P180" s="28"/>
       <c r="Q180" s="20"/>
       <c r="R180" s="28"/>
     </row>
     <row r="181" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <f t="shared" si="11"/>
         <v>179</v>
       </c>
       <c r="B181" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C181" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D181" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC179</v>
       </c>
       <c r="E181" s="24">
         <v>179</v>
       </c>
       <c r="F181" s="26"/>
       <c r="G181" s="25"/>
       <c r="H181" s="20"/>
       <c r="I181" s="30"/>
       <c r="J181" s="27"/>
       <c r="K181" s="22"/>
       <c r="L181" s="23"/>
       <c r="M181" s="19"/>
       <c r="N181" s="28"/>
       <c r="O181" s="20"/>
       <c r="P181" s="28"/>
       <c r="Q181" s="20"/>
       <c r="R181" s="28"/>
     </row>
     <row r="182" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <f t="shared" si="11"/>
         <v>180</v>
       </c>
       <c r="B182" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C182" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D182" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC180</v>
       </c>
       <c r="E182" s="24">
         <v>180</v>
       </c>
       <c r="F182" s="26"/>
       <c r="G182" s="25"/>
       <c r="H182" s="20"/>
       <c r="I182" s="30"/>
       <c r="J182" s="27"/>
       <c r="K182" s="22"/>
       <c r="L182" s="23"/>
       <c r="M182" s="19"/>
       <c r="N182" s="28"/>
       <c r="O182" s="20"/>
       <c r="P182" s="28"/>
       <c r="Q182" s="20"/>
       <c r="R182" s="28"/>
     </row>
     <row r="183" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <f t="shared" si="11"/>
         <v>181</v>
       </c>
       <c r="B183" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C183" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D183" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC181</v>
       </c>
       <c r="E183" s="24">
         <v>181</v>
       </c>
       <c r="F183" s="26"/>
       <c r="G183" s="25"/>
       <c r="H183" s="20"/>
       <c r="I183" s="30"/>
       <c r="J183" s="27"/>
       <c r="K183" s="22"/>
       <c r="L183" s="23"/>
       <c r="M183" s="19"/>
       <c r="N183" s="28"/>
       <c r="O183" s="20"/>
       <c r="P183" s="28"/>
       <c r="Q183" s="20"/>
       <c r="R183" s="28"/>
     </row>
     <row r="184" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <f t="shared" si="11"/>
         <v>182</v>
       </c>
       <c r="B184" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C184" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D184" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC182</v>
       </c>
       <c r="E184" s="24">
         <v>182</v>
       </c>
       <c r="F184" s="26"/>
       <c r="G184" s="25"/>
       <c r="H184" s="20"/>
       <c r="I184" s="30"/>
       <c r="J184" s="27"/>
       <c r="K184" s="22"/>
       <c r="L184" s="23"/>
       <c r="M184" s="19"/>
       <c r="N184" s="28"/>
       <c r="O184" s="20"/>
       <c r="P184" s="28"/>
       <c r="Q184" s="20"/>
       <c r="R184" s="28"/>
     </row>
     <row r="185" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <f t="shared" si="11"/>
         <v>183</v>
       </c>
       <c r="B185" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C185" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D185" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC183</v>
       </c>
       <c r="E185" s="24">
         <v>183</v>
       </c>
       <c r="F185" s="26"/>
       <c r="G185" s="25"/>
       <c r="H185" s="20"/>
       <c r="I185" s="30"/>
       <c r="J185" s="27"/>
       <c r="K185" s="22"/>
       <c r="L185" s="23"/>
       <c r="M185" s="19"/>
       <c r="N185" s="28"/>
       <c r="O185" s="20"/>
       <c r="P185" s="28"/>
       <c r="Q185" s="20"/>
       <c r="R185" s="28"/>
     </row>
     <row r="186" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <f t="shared" si="11"/>
         <v>184</v>
       </c>
       <c r="B186" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C186" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D186" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC184</v>
       </c>
       <c r="E186" s="24">
         <v>184</v>
       </c>
       <c r="F186" s="26"/>
       <c r="G186" s="25"/>
       <c r="H186" s="20"/>
       <c r="I186" s="30"/>
       <c r="J186" s="27"/>
       <c r="K186" s="22"/>
       <c r="L186" s="23"/>
       <c r="M186" s="19"/>
       <c r="N186" s="28"/>
       <c r="O186" s="20"/>
       <c r="P186" s="28"/>
       <c r="Q186" s="20"/>
       <c r="R186" s="28"/>
     </row>
     <row r="187" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <f t="shared" si="11"/>
         <v>185</v>
       </c>
       <c r="B187" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C187" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D187" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC185</v>
       </c>
       <c r="E187" s="24">
         <v>185</v>
       </c>
       <c r="F187" s="26"/>
       <c r="G187" s="25"/>
       <c r="H187" s="20"/>
       <c r="I187" s="30"/>
       <c r="J187" s="27"/>
       <c r="K187" s="22"/>
       <c r="L187" s="23"/>
       <c r="M187" s="19"/>
       <c r="N187" s="28"/>
       <c r="O187" s="20"/>
       <c r="P187" s="28"/>
       <c r="Q187" s="20"/>
       <c r="R187" s="28"/>
     </row>
     <row r="188" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <f t="shared" si="11"/>
         <v>186</v>
       </c>
       <c r="B188" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C188" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D188" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC186</v>
       </c>
       <c r="E188" s="24">
         <v>186</v>
       </c>
       <c r="F188" s="26"/>
       <c r="G188" s="25"/>
       <c r="H188" s="20"/>
       <c r="I188" s="30"/>
       <c r="J188" s="27"/>
       <c r="K188" s="22"/>
       <c r="L188" s="23"/>
       <c r="M188" s="19"/>
       <c r="N188" s="28"/>
       <c r="O188" s="20"/>
       <c r="P188" s="28"/>
       <c r="Q188" s="20"/>
       <c r="R188" s="28"/>
     </row>
     <row r="189" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <f t="shared" si="11"/>
         <v>187</v>
       </c>
       <c r="B189" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C189" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D189" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC187</v>
       </c>
       <c r="E189" s="24">
         <v>187</v>
       </c>
       <c r="F189" s="26"/>
       <c r="G189" s="25"/>
       <c r="H189" s="20"/>
       <c r="I189" s="30"/>
       <c r="J189" s="27"/>
       <c r="K189" s="22"/>
       <c r="L189" s="23"/>
       <c r="M189" s="19"/>
       <c r="N189" s="28"/>
       <c r="O189" s="20"/>
       <c r="P189" s="28"/>
       <c r="Q189" s="20"/>
       <c r="R189" s="28"/>
     </row>
     <row r="190" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <f t="shared" si="11"/>
         <v>188</v>
       </c>
       <c r="B190" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C190" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D190" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC188</v>
       </c>
       <c r="E190" s="24">
         <v>188</v>
       </c>
       <c r="F190" s="26"/>
       <c r="G190" s="25"/>
       <c r="H190" s="20"/>
       <c r="I190" s="30"/>
       <c r="J190" s="27"/>
       <c r="K190" s="22"/>
       <c r="L190" s="23"/>
       <c r="M190" s="19"/>
       <c r="N190" s="28"/>
       <c r="O190" s="20"/>
       <c r="P190" s="28"/>
       <c r="Q190" s="20"/>
       <c r="R190" s="28"/>
     </row>
     <row r="191" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <f t="shared" si="11"/>
         <v>189</v>
       </c>
       <c r="B191" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C191" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D191" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC189</v>
       </c>
       <c r="E191" s="24">
         <v>189</v>
       </c>
       <c r="F191" s="26"/>
       <c r="G191" s="25"/>
       <c r="H191" s="20"/>
       <c r="I191" s="30"/>
       <c r="J191" s="27"/>
       <c r="K191" s="22"/>
       <c r="L191" s="23"/>
       <c r="M191" s="19"/>
       <c r="N191" s="28"/>
       <c r="O191" s="20"/>
       <c r="P191" s="28"/>
       <c r="Q191" s="20"/>
       <c r="R191" s="28"/>
     </row>
     <row r="192" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <f t="shared" si="11"/>
         <v>190</v>
       </c>
       <c r="B192" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C192" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D192" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC190</v>
       </c>
       <c r="E192" s="24">
         <v>190</v>
       </c>
       <c r="F192" s="26"/>
       <c r="G192" s="25"/>
       <c r="H192" s="20"/>
       <c r="I192" s="30"/>
       <c r="J192" s="27"/>
       <c r="K192" s="22"/>
       <c r="L192" s="23"/>
       <c r="M192" s="19"/>
       <c r="N192" s="28"/>
       <c r="O192" s="20"/>
       <c r="P192" s="28"/>
       <c r="Q192" s="20"/>
       <c r="R192" s="28"/>
     </row>
     <row r="193" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <f t="shared" si="11"/>
         <v>191</v>
       </c>
       <c r="B193" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C193" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D193" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC191</v>
       </c>
       <c r="E193" s="24">
         <v>191</v>
       </c>
       <c r="F193" s="26"/>
       <c r="G193" s="25"/>
       <c r="H193" s="20"/>
       <c r="I193" s="30"/>
       <c r="J193" s="27"/>
       <c r="K193" s="22"/>
       <c r="L193" s="23"/>
       <c r="M193" s="19"/>
       <c r="N193" s="28"/>
       <c r="O193" s="20"/>
       <c r="P193" s="28"/>
       <c r="Q193" s="20"/>
       <c r="R193" s="28"/>
     </row>
     <row r="194" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <f t="shared" si="11"/>
         <v>192</v>
       </c>
       <c r="B194" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C194" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D194" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC192</v>
       </c>
       <c r="E194" s="24">
         <v>192</v>
       </c>
       <c r="F194" s="26"/>
       <c r="G194" s="25"/>
       <c r="H194" s="20"/>
       <c r="I194" s="30"/>
       <c r="J194" s="27"/>
       <c r="K194" s="22"/>
       <c r="L194" s="23"/>
       <c r="M194" s="19"/>
       <c r="N194" s="28"/>
       <c r="O194" s="20"/>
       <c r="P194" s="28"/>
       <c r="Q194" s="20"/>
       <c r="R194" s="28"/>
     </row>
     <row r="195" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <f t="shared" si="11"/>
         <v>193</v>
       </c>
       <c r="B195" s="3" t="str">
         <f t="shared" si="8"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C195" s="3" t="str">
         <f t="shared" si="9"/>
         <v>ABC</v>
       </c>
       <c r="D195" s="3" t="str">
         <f t="shared" si="10"/>
         <v>ABC193</v>
       </c>
       <c r="E195" s="24">
         <v>193</v>
       </c>
       <c r="F195" s="26"/>
       <c r="G195" s="25"/>
       <c r="H195" s="20"/>
       <c r="I195" s="30"/>
       <c r="J195" s="27"/>
       <c r="K195" s="22"/>
       <c r="L195" s="23"/>
       <c r="M195" s="19"/>
       <c r="N195" s="28"/>
       <c r="O195" s="20"/>
       <c r="P195" s="28"/>
       <c r="Q195" s="20"/>
       <c r="R195" s="28"/>
     </row>
     <row r="196" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <f t="shared" si="11"/>
         <v>194</v>
       </c>
       <c r="B196" s="3" t="str">
         <f t="shared" ref="B196:B259" si="12">$B$2</f>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C196" s="3" t="str">
         <f t="shared" ref="C196:C259" si="13">$C$2</f>
         <v>ABC</v>
       </c>
       <c r="D196" s="3" t="str">
         <f t="shared" ref="D196:D259" si="14">CONCATENATE(C196,E196)</f>
         <v>ABC194</v>
       </c>
       <c r="E196" s="24">
         <v>194</v>
       </c>
       <c r="F196" s="26"/>
       <c r="G196" s="25"/>
       <c r="H196" s="20"/>
       <c r="I196" s="30"/>
       <c r="J196" s="27"/>
       <c r="K196" s="22"/>
       <c r="L196" s="23"/>
       <c r="M196" s="19"/>
       <c r="N196" s="28"/>
       <c r="O196" s="20"/>
       <c r="P196" s="28"/>
       <c r="Q196" s="20"/>
       <c r="R196" s="28"/>
     </row>
     <row r="197" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <f t="shared" si="11"/>
         <v>195</v>
       </c>
       <c r="B197" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C197" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D197" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC195</v>
       </c>
       <c r="E197" s="24">
         <v>195</v>
       </c>
       <c r="F197" s="26"/>
       <c r="G197" s="25"/>
       <c r="H197" s="20"/>
       <c r="I197" s="30"/>
       <c r="J197" s="27"/>
       <c r="K197" s="22"/>
       <c r="L197" s="23"/>
       <c r="M197" s="19"/>
       <c r="N197" s="28"/>
       <c r="O197" s="20"/>
       <c r="P197" s="28"/>
       <c r="Q197" s="20"/>
       <c r="R197" s="28"/>
     </row>
     <row r="198" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <f t="shared" si="11"/>
         <v>196</v>
       </c>
       <c r="B198" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C198" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D198" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC196</v>
       </c>
       <c r="E198" s="24">
         <v>196</v>
       </c>
       <c r="F198" s="26"/>
       <c r="G198" s="25"/>
       <c r="H198" s="20"/>
       <c r="I198" s="30"/>
       <c r="J198" s="27"/>
       <c r="K198" s="22"/>
       <c r="L198" s="23"/>
       <c r="M198" s="19"/>
       <c r="N198" s="28"/>
       <c r="O198" s="20"/>
       <c r="P198" s="28"/>
       <c r="Q198" s="20"/>
       <c r="R198" s="28"/>
     </row>
     <row r="199" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <f t="shared" si="11"/>
         <v>197</v>
       </c>
       <c r="B199" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C199" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D199" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC197</v>
       </c>
       <c r="E199" s="24">
         <v>197</v>
       </c>
       <c r="F199" s="26"/>
       <c r="G199" s="25"/>
       <c r="H199" s="20"/>
       <c r="I199" s="30"/>
       <c r="J199" s="27"/>
       <c r="K199" s="22"/>
       <c r="L199" s="23"/>
       <c r="M199" s="19"/>
       <c r="N199" s="28"/>
       <c r="O199" s="20"/>
       <c r="P199" s="28"/>
       <c r="Q199" s="20"/>
       <c r="R199" s="28"/>
     </row>
     <row r="200" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <f t="shared" si="11"/>
         <v>198</v>
       </c>
       <c r="B200" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C200" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D200" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC198</v>
       </c>
       <c r="E200" s="24">
         <v>198</v>
       </c>
       <c r="F200" s="26"/>
       <c r="G200" s="25"/>
       <c r="H200" s="20"/>
       <c r="I200" s="30"/>
       <c r="J200" s="27"/>
       <c r="K200" s="22"/>
       <c r="L200" s="23"/>
       <c r="M200" s="19"/>
       <c r="N200" s="28"/>
       <c r="O200" s="20"/>
       <c r="P200" s="28"/>
       <c r="Q200" s="20"/>
       <c r="R200" s="28"/>
     </row>
     <row r="201" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <f t="shared" si="11"/>
         <v>199</v>
       </c>
       <c r="B201" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C201" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D201" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC199</v>
       </c>
       <c r="E201" s="24">
         <v>199</v>
       </c>
       <c r="F201" s="26"/>
       <c r="G201" s="25"/>
       <c r="H201" s="20"/>
       <c r="I201" s="30"/>
       <c r="J201" s="27"/>
       <c r="K201" s="22"/>
       <c r="L201" s="23"/>
       <c r="M201" s="19"/>
       <c r="N201" s="28"/>
       <c r="O201" s="20"/>
       <c r="P201" s="28"/>
       <c r="Q201" s="20"/>
       <c r="R201" s="28"/>
     </row>
     <row r="202" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <f t="shared" si="11"/>
         <v>200</v>
       </c>
       <c r="B202" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C202" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D202" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC200</v>
       </c>
       <c r="E202" s="24">
         <v>200</v>
       </c>
       <c r="F202" s="26"/>
       <c r="G202" s="25"/>
       <c r="H202" s="20"/>
       <c r="I202" s="30"/>
       <c r="J202" s="27"/>
       <c r="K202" s="22"/>
       <c r="L202" s="23"/>
       <c r="M202" s="19"/>
       <c r="N202" s="28"/>
       <c r="O202" s="20"/>
       <c r="P202" s="28"/>
       <c r="Q202" s="20"/>
       <c r="R202" s="28"/>
     </row>
     <row r="203" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <f t="shared" si="11"/>
         <v>201</v>
       </c>
       <c r="B203" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C203" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D203" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC201</v>
       </c>
       <c r="E203" s="24">
         <v>201</v>
       </c>
       <c r="F203" s="26"/>
       <c r="G203" s="25"/>
       <c r="H203" s="20"/>
       <c r="I203" s="30"/>
       <c r="J203" s="27"/>
       <c r="K203" s="22"/>
       <c r="L203" s="23"/>
       <c r="M203" s="19"/>
       <c r="N203" s="28"/>
       <c r="O203" s="20"/>
       <c r="P203" s="28"/>
       <c r="Q203" s="20"/>
       <c r="R203" s="28"/>
     </row>
     <row r="204" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <f t="shared" si="11"/>
         <v>202</v>
       </c>
       <c r="B204" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C204" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D204" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC202</v>
       </c>
       <c r="E204" s="24">
         <v>202</v>
       </c>
       <c r="F204" s="26"/>
       <c r="G204" s="25"/>
       <c r="H204" s="20"/>
       <c r="I204" s="30"/>
       <c r="J204" s="27"/>
       <c r="K204" s="22"/>
       <c r="L204" s="23"/>
       <c r="M204" s="19"/>
       <c r="N204" s="28"/>
       <c r="O204" s="20"/>
       <c r="P204" s="28"/>
       <c r="Q204" s="20"/>
       <c r="R204" s="28"/>
     </row>
     <row r="205" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <f t="shared" si="11"/>
         <v>203</v>
       </c>
       <c r="B205" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C205" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D205" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC203</v>
       </c>
       <c r="E205" s="24">
         <v>203</v>
       </c>
       <c r="F205" s="26"/>
       <c r="G205" s="25"/>
       <c r="H205" s="20"/>
       <c r="I205" s="30"/>
       <c r="J205" s="27"/>
       <c r="K205" s="22"/>
       <c r="L205" s="23"/>
       <c r="M205" s="19"/>
       <c r="N205" s="28"/>
       <c r="O205" s="20"/>
       <c r="P205" s="28"/>
       <c r="Q205" s="20"/>
       <c r="R205" s="28"/>
     </row>
     <row r="206" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <f t="shared" si="11"/>
         <v>204</v>
       </c>
       <c r="B206" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C206" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D206" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC204</v>
       </c>
       <c r="E206" s="24">
         <v>204</v>
       </c>
       <c r="F206" s="26"/>
       <c r="G206" s="25"/>
       <c r="H206" s="20"/>
       <c r="I206" s="30"/>
       <c r="J206" s="27"/>
       <c r="K206" s="22"/>
       <c r="L206" s="23"/>
       <c r="M206" s="19"/>
       <c r="N206" s="28"/>
       <c r="O206" s="20"/>
       <c r="P206" s="28"/>
       <c r="Q206" s="20"/>
       <c r="R206" s="28"/>
     </row>
     <row r="207" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <f t="shared" si="11"/>
         <v>205</v>
       </c>
       <c r="B207" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C207" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D207" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC205</v>
       </c>
       <c r="E207" s="24">
         <v>205</v>
       </c>
       <c r="F207" s="26"/>
       <c r="G207" s="25"/>
       <c r="H207" s="20"/>
       <c r="I207" s="30"/>
       <c r="J207" s="27"/>
       <c r="K207" s="22"/>
       <c r="L207" s="23"/>
       <c r="M207" s="19"/>
       <c r="N207" s="28"/>
       <c r="O207" s="20"/>
       <c r="P207" s="28"/>
       <c r="Q207" s="20"/>
       <c r="R207" s="28"/>
     </row>
     <row r="208" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <f t="shared" si="11"/>
         <v>206</v>
       </c>
       <c r="B208" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C208" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D208" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC206</v>
       </c>
       <c r="E208" s="24">
         <v>206</v>
       </c>
       <c r="F208" s="26"/>
       <c r="G208" s="25"/>
       <c r="H208" s="20"/>
       <c r="I208" s="30"/>
       <c r="J208" s="27"/>
       <c r="K208" s="22"/>
       <c r="L208" s="23"/>
       <c r="M208" s="19"/>
       <c r="N208" s="28"/>
       <c r="O208" s="20"/>
       <c r="P208" s="28"/>
       <c r="Q208" s="20"/>
       <c r="R208" s="28"/>
     </row>
     <row r="209" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <f t="shared" si="11"/>
         <v>207</v>
       </c>
       <c r="B209" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C209" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D209" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC207</v>
       </c>
       <c r="E209" s="24">
         <v>207</v>
       </c>
       <c r="F209" s="26"/>
       <c r="G209" s="25"/>
       <c r="H209" s="20"/>
       <c r="I209" s="30"/>
       <c r="J209" s="27"/>
       <c r="K209" s="22"/>
       <c r="L209" s="23"/>
       <c r="M209" s="19"/>
       <c r="N209" s="28"/>
       <c r="O209" s="20"/>
       <c r="P209" s="28"/>
       <c r="Q209" s="20"/>
       <c r="R209" s="28"/>
     </row>
     <row r="210" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <f t="shared" si="11"/>
         <v>208</v>
       </c>
       <c r="B210" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C210" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D210" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC208</v>
       </c>
       <c r="E210" s="24">
         <v>208</v>
       </c>
       <c r="F210" s="26"/>
       <c r="G210" s="25"/>
       <c r="H210" s="20"/>
       <c r="I210" s="30"/>
       <c r="J210" s="27"/>
       <c r="K210" s="22"/>
       <c r="L210" s="23"/>
       <c r="M210" s="19"/>
       <c r="N210" s="28"/>
       <c r="O210" s="20"/>
       <c r="P210" s="28"/>
       <c r="Q210" s="20"/>
       <c r="R210" s="28"/>
     </row>
     <row r="211" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <f t="shared" si="11"/>
         <v>209</v>
       </c>
       <c r="B211" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C211" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D211" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC209</v>
       </c>
       <c r="E211" s="24">
         <v>209</v>
       </c>
       <c r="F211" s="26"/>
       <c r="G211" s="25"/>
       <c r="H211" s="20"/>
       <c r="I211" s="30"/>
       <c r="J211" s="27"/>
       <c r="K211" s="22"/>
       <c r="L211" s="23"/>
       <c r="M211" s="19"/>
       <c r="N211" s="28"/>
       <c r="O211" s="20"/>
       <c r="P211" s="28"/>
       <c r="Q211" s="20"/>
       <c r="R211" s="28"/>
     </row>
     <row r="212" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <f t="shared" si="11"/>
         <v>210</v>
       </c>
       <c r="B212" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C212" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D212" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC210</v>
       </c>
       <c r="E212" s="24">
         <v>210</v>
       </c>
       <c r="F212" s="26"/>
       <c r="G212" s="25"/>
       <c r="H212" s="20"/>
       <c r="I212" s="30"/>
       <c r="J212" s="27"/>
       <c r="K212" s="22"/>
       <c r="L212" s="23"/>
       <c r="M212" s="19"/>
       <c r="N212" s="28"/>
       <c r="O212" s="20"/>
       <c r="P212" s="28"/>
       <c r="Q212" s="20"/>
       <c r="R212" s="28"/>
     </row>
     <row r="213" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <f t="shared" si="11"/>
         <v>211</v>
       </c>
       <c r="B213" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C213" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D213" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC211</v>
       </c>
       <c r="E213" s="24">
         <v>211</v>
       </c>
       <c r="F213" s="26"/>
       <c r="G213" s="25"/>
       <c r="H213" s="20"/>
       <c r="I213" s="30"/>
       <c r="J213" s="27"/>
       <c r="K213" s="22"/>
       <c r="L213" s="23"/>
       <c r="M213" s="19"/>
       <c r="N213" s="28"/>
       <c r="O213" s="20"/>
       <c r="P213" s="28"/>
       <c r="Q213" s="20"/>
       <c r="R213" s="28"/>
     </row>
     <row r="214" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <f t="shared" si="11"/>
         <v>212</v>
       </c>
       <c r="B214" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C214" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D214" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC212</v>
       </c>
       <c r="E214" s="24">
         <v>212</v>
       </c>
       <c r="F214" s="26"/>
       <c r="G214" s="25"/>
       <c r="H214" s="20"/>
       <c r="I214" s="30"/>
       <c r="J214" s="27"/>
       <c r="K214" s="22"/>
       <c r="L214" s="23"/>
       <c r="M214" s="19"/>
       <c r="N214" s="28"/>
       <c r="O214" s="20"/>
       <c r="P214" s="28"/>
       <c r="Q214" s="20"/>
       <c r="R214" s="28"/>
     </row>
     <row r="215" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <f t="shared" si="11"/>
         <v>213</v>
       </c>
       <c r="B215" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C215" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D215" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC213</v>
       </c>
       <c r="E215" s="24">
         <v>213</v>
       </c>
       <c r="F215" s="26"/>
       <c r="G215" s="25"/>
       <c r="H215" s="20"/>
       <c r="I215" s="30"/>
       <c r="J215" s="27"/>
       <c r="K215" s="22"/>
       <c r="L215" s="23"/>
       <c r="M215" s="19"/>
       <c r="N215" s="28"/>
       <c r="O215" s="20"/>
       <c r="P215" s="28"/>
       <c r="Q215" s="20"/>
       <c r="R215" s="28"/>
     </row>
     <row r="216" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <f t="shared" si="11"/>
         <v>214</v>
       </c>
       <c r="B216" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C216" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D216" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC214</v>
       </c>
       <c r="E216" s="24">
         <v>214</v>
       </c>
       <c r="F216" s="26"/>
       <c r="G216" s="25"/>
       <c r="H216" s="20"/>
       <c r="I216" s="30"/>
       <c r="J216" s="27"/>
       <c r="K216" s="22"/>
       <c r="L216" s="23"/>
       <c r="M216" s="19"/>
       <c r="N216" s="28"/>
       <c r="O216" s="20"/>
       <c r="P216" s="28"/>
       <c r="Q216" s="20"/>
       <c r="R216" s="28"/>
     </row>
     <row r="217" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <f t="shared" si="11"/>
         <v>215</v>
       </c>
       <c r="B217" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C217" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D217" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC215</v>
       </c>
       <c r="E217" s="24">
         <v>215</v>
       </c>
       <c r="F217" s="26"/>
       <c r="G217" s="25"/>
       <c r="H217" s="20"/>
       <c r="I217" s="30"/>
       <c r="J217" s="27"/>
       <c r="K217" s="22"/>
       <c r="L217" s="23"/>
       <c r="M217" s="19"/>
       <c r="N217" s="28"/>
       <c r="O217" s="20"/>
       <c r="P217" s="28"/>
       <c r="Q217" s="20"/>
       <c r="R217" s="28"/>
     </row>
     <row r="218" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <f t="shared" si="11"/>
         <v>216</v>
       </c>
       <c r="B218" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C218" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D218" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC216</v>
       </c>
       <c r="E218" s="24">
         <v>216</v>
       </c>
       <c r="F218" s="26"/>
       <c r="G218" s="25"/>
       <c r="H218" s="20"/>
       <c r="I218" s="30"/>
       <c r="J218" s="27"/>
       <c r="K218" s="22"/>
       <c r="L218" s="23"/>
       <c r="M218" s="19"/>
       <c r="N218" s="28"/>
       <c r="O218" s="20"/>
       <c r="P218" s="28"/>
       <c r="Q218" s="20"/>
       <c r="R218" s="28"/>
     </row>
     <row r="219" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <f t="shared" si="11"/>
         <v>217</v>
       </c>
       <c r="B219" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C219" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D219" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC217</v>
       </c>
       <c r="E219" s="24">
         <v>217</v>
       </c>
       <c r="F219" s="26"/>
       <c r="G219" s="25"/>
       <c r="H219" s="20"/>
       <c r="I219" s="30"/>
       <c r="J219" s="27"/>
       <c r="K219" s="22"/>
       <c r="L219" s="23"/>
       <c r="M219" s="19"/>
       <c r="N219" s="28"/>
       <c r="O219" s="20"/>
       <c r="P219" s="28"/>
       <c r="Q219" s="20"/>
       <c r="R219" s="28"/>
     </row>
     <row r="220" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <f t="shared" si="11"/>
         <v>218</v>
       </c>
       <c r="B220" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C220" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D220" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC218</v>
       </c>
       <c r="E220" s="24">
         <v>218</v>
       </c>
       <c r="F220" s="26"/>
       <c r="G220" s="25"/>
       <c r="H220" s="20"/>
       <c r="I220" s="30"/>
       <c r="J220" s="27"/>
       <c r="K220" s="22"/>
       <c r="L220" s="23"/>
       <c r="M220" s="19"/>
       <c r="N220" s="28"/>
       <c r="O220" s="20"/>
       <c r="P220" s="28"/>
       <c r="Q220" s="20"/>
       <c r="R220" s="28"/>
     </row>
     <row r="221" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <f t="shared" si="11"/>
         <v>219</v>
       </c>
       <c r="B221" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C221" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D221" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC219</v>
       </c>
       <c r="E221" s="24">
         <v>219</v>
       </c>
       <c r="F221" s="26"/>
       <c r="G221" s="25"/>
       <c r="H221" s="20"/>
       <c r="I221" s="30"/>
       <c r="J221" s="27"/>
       <c r="K221" s="22"/>
       <c r="L221" s="23"/>
       <c r="M221" s="19"/>
       <c r="N221" s="28"/>
       <c r="O221" s="20"/>
       <c r="P221" s="28"/>
       <c r="Q221" s="20"/>
       <c r="R221" s="28"/>
     </row>
     <row r="222" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <f t="shared" si="11"/>
         <v>220</v>
       </c>
       <c r="B222" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C222" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D222" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC220</v>
       </c>
       <c r="E222" s="24">
         <v>220</v>
       </c>
       <c r="F222" s="26"/>
       <c r="G222" s="25"/>
       <c r="H222" s="20"/>
       <c r="I222" s="30"/>
       <c r="J222" s="27"/>
       <c r="K222" s="22"/>
       <c r="L222" s="23"/>
       <c r="M222" s="19"/>
       <c r="N222" s="28"/>
       <c r="O222" s="20"/>
       <c r="P222" s="28"/>
       <c r="Q222" s="20"/>
       <c r="R222" s="28"/>
     </row>
     <row r="223" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <f t="shared" si="11"/>
         <v>221</v>
       </c>
       <c r="B223" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C223" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D223" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC221</v>
       </c>
       <c r="E223" s="24">
         <v>221</v>
       </c>
       <c r="F223" s="26"/>
       <c r="G223" s="25"/>
       <c r="H223" s="20"/>
       <c r="I223" s="30"/>
       <c r="J223" s="27"/>
       <c r="K223" s="22"/>
       <c r="L223" s="23"/>
       <c r="M223" s="19"/>
       <c r="N223" s="28"/>
       <c r="O223" s="20"/>
       <c r="P223" s="28"/>
       <c r="Q223" s="20"/>
       <c r="R223" s="28"/>
     </row>
     <row r="224" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <f t="shared" si="11"/>
         <v>222</v>
       </c>
       <c r="B224" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C224" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D224" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC222</v>
       </c>
       <c r="E224" s="24">
         <v>222</v>
       </c>
       <c r="F224" s="26"/>
       <c r="G224" s="25"/>
       <c r="H224" s="20"/>
       <c r="I224" s="30"/>
       <c r="J224" s="27"/>
       <c r="K224" s="22"/>
       <c r="L224" s="23"/>
       <c r="M224" s="19"/>
       <c r="N224" s="28"/>
       <c r="O224" s="20"/>
       <c r="P224" s="28"/>
       <c r="Q224" s="20"/>
       <c r="R224" s="28"/>
     </row>
     <row r="225" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <f t="shared" si="11"/>
         <v>223</v>
       </c>
       <c r="B225" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C225" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D225" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC223</v>
       </c>
       <c r="E225" s="24">
         <v>223</v>
       </c>
       <c r="F225" s="26"/>
       <c r="G225" s="25"/>
       <c r="H225" s="20"/>
       <c r="I225" s="30"/>
       <c r="J225" s="27"/>
       <c r="K225" s="22"/>
       <c r="L225" s="23"/>
       <c r="M225" s="19"/>
       <c r="N225" s="28"/>
       <c r="O225" s="20"/>
       <c r="P225" s="28"/>
       <c r="Q225" s="20"/>
       <c r="R225" s="28"/>
     </row>
     <row r="226" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <f t="shared" ref="A226:A289" si="15">A225+1</f>
         <v>224</v>
       </c>
       <c r="B226" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C226" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D226" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC224</v>
       </c>
       <c r="E226" s="24">
         <v>224</v>
       </c>
       <c r="F226" s="26"/>
       <c r="G226" s="25"/>
       <c r="H226" s="20"/>
       <c r="I226" s="30"/>
       <c r="J226" s="27"/>
       <c r="K226" s="22"/>
       <c r="L226" s="23"/>
       <c r="M226" s="19"/>
       <c r="N226" s="28"/>
       <c r="O226" s="20"/>
       <c r="P226" s="28"/>
       <c r="Q226" s="20"/>
       <c r="R226" s="28"/>
     </row>
     <row r="227" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <f t="shared" si="15"/>
         <v>225</v>
       </c>
       <c r="B227" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C227" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D227" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC225</v>
       </c>
       <c r="E227" s="24">
         <v>225</v>
       </c>
       <c r="F227" s="26"/>
       <c r="G227" s="25"/>
       <c r="H227" s="20"/>
       <c r="I227" s="30"/>
       <c r="J227" s="27"/>
       <c r="K227" s="22"/>
       <c r="L227" s="23"/>
       <c r="M227" s="19"/>
       <c r="N227" s="28"/>
       <c r="O227" s="20"/>
       <c r="P227" s="28"/>
       <c r="Q227" s="20"/>
       <c r="R227" s="28"/>
     </row>
     <row r="228" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <f t="shared" si="15"/>
         <v>226</v>
       </c>
       <c r="B228" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C228" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D228" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC226</v>
       </c>
       <c r="E228" s="24">
         <v>226</v>
       </c>
       <c r="F228" s="26"/>
       <c r="G228" s="25"/>
       <c r="H228" s="20"/>
       <c r="I228" s="30"/>
       <c r="J228" s="27"/>
       <c r="K228" s="22"/>
       <c r="L228" s="23"/>
       <c r="M228" s="19"/>
       <c r="N228" s="28"/>
       <c r="O228" s="20"/>
       <c r="P228" s="28"/>
       <c r="Q228" s="20"/>
       <c r="R228" s="28"/>
     </row>
     <row r="229" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <f t="shared" si="15"/>
         <v>227</v>
       </c>
       <c r="B229" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C229" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D229" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC227</v>
       </c>
       <c r="E229" s="24">
         <v>227</v>
       </c>
       <c r="F229" s="26"/>
       <c r="G229" s="25"/>
       <c r="H229" s="20"/>
       <c r="I229" s="30"/>
       <c r="J229" s="27"/>
       <c r="K229" s="22"/>
       <c r="L229" s="23"/>
       <c r="M229" s="19"/>
       <c r="N229" s="28"/>
       <c r="O229" s="20"/>
       <c r="P229" s="28"/>
       <c r="Q229" s="20"/>
       <c r="R229" s="28"/>
     </row>
     <row r="230" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <f t="shared" si="15"/>
         <v>228</v>
       </c>
       <c r="B230" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C230" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D230" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC228</v>
       </c>
       <c r="E230" s="24">
         <v>228</v>
       </c>
       <c r="F230" s="26"/>
       <c r="G230" s="25"/>
       <c r="H230" s="20"/>
       <c r="I230" s="30"/>
       <c r="J230" s="27"/>
       <c r="K230" s="22"/>
       <c r="L230" s="23"/>
       <c r="M230" s="19"/>
       <c r="N230" s="28"/>
       <c r="O230" s="20"/>
       <c r="P230" s="28"/>
       <c r="Q230" s="20"/>
       <c r="R230" s="28"/>
     </row>
     <row r="231" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <f t="shared" si="15"/>
         <v>229</v>
       </c>
       <c r="B231" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C231" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D231" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC229</v>
       </c>
       <c r="E231" s="24">
         <v>229</v>
       </c>
       <c r="F231" s="26"/>
       <c r="G231" s="25"/>
       <c r="H231" s="20"/>
       <c r="I231" s="30"/>
       <c r="J231" s="27"/>
       <c r="K231" s="22"/>
       <c r="L231" s="23"/>
       <c r="M231" s="19"/>
       <c r="N231" s="28"/>
       <c r="O231" s="20"/>
       <c r="P231" s="28"/>
       <c r="Q231" s="20"/>
       <c r="R231" s="28"/>
     </row>
     <row r="232" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <f t="shared" si="15"/>
         <v>230</v>
       </c>
       <c r="B232" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C232" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D232" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC230</v>
       </c>
       <c r="E232" s="24">
         <v>230</v>
       </c>
       <c r="F232" s="26"/>
       <c r="G232" s="25"/>
       <c r="H232" s="20"/>
       <c r="I232" s="30"/>
       <c r="J232" s="27"/>
       <c r="K232" s="22"/>
       <c r="L232" s="23"/>
       <c r="M232" s="19"/>
       <c r="N232" s="28"/>
       <c r="O232" s="20"/>
       <c r="P232" s="28"/>
       <c r="Q232" s="20"/>
       <c r="R232" s="28"/>
     </row>
     <row r="233" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <f t="shared" si="15"/>
         <v>231</v>
       </c>
       <c r="B233" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C233" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D233" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC231</v>
       </c>
       <c r="E233" s="24">
         <v>231</v>
       </c>
       <c r="F233" s="26"/>
       <c r="G233" s="25"/>
       <c r="H233" s="20"/>
       <c r="I233" s="30"/>
       <c r="J233" s="27"/>
       <c r="K233" s="22"/>
       <c r="L233" s="23"/>
       <c r="M233" s="19"/>
       <c r="N233" s="28"/>
       <c r="O233" s="20"/>
       <c r="P233" s="28"/>
       <c r="Q233" s="20"/>
       <c r="R233" s="28"/>
     </row>
     <row r="234" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <f t="shared" si="15"/>
         <v>232</v>
       </c>
       <c r="B234" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C234" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D234" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC232</v>
       </c>
       <c r="E234" s="24">
         <v>232</v>
       </c>
       <c r="F234" s="26"/>
       <c r="G234" s="25"/>
       <c r="H234" s="20"/>
       <c r="I234" s="30"/>
       <c r="J234" s="27"/>
       <c r="K234" s="22"/>
       <c r="L234" s="23"/>
       <c r="M234" s="19"/>
       <c r="N234" s="28"/>
       <c r="O234" s="20"/>
       <c r="P234" s="28"/>
       <c r="Q234" s="20"/>
       <c r="R234" s="28"/>
     </row>
     <row r="235" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <f t="shared" si="15"/>
         <v>233</v>
       </c>
       <c r="B235" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C235" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D235" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC233</v>
       </c>
       <c r="E235" s="24">
         <v>233</v>
       </c>
       <c r="F235" s="26"/>
       <c r="G235" s="25"/>
       <c r="H235" s="20"/>
       <c r="I235" s="30"/>
       <c r="J235" s="27"/>
       <c r="K235" s="22"/>
       <c r="L235" s="23"/>
       <c r="M235" s="19"/>
       <c r="N235" s="28"/>
       <c r="O235" s="20"/>
       <c r="P235" s="28"/>
       <c r="Q235" s="20"/>
       <c r="R235" s="28"/>
     </row>
     <row r="236" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <f t="shared" si="15"/>
         <v>234</v>
       </c>
       <c r="B236" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C236" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D236" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC234</v>
       </c>
       <c r="E236" s="24">
         <v>234</v>
       </c>
       <c r="F236" s="26"/>
       <c r="G236" s="25"/>
       <c r="H236" s="20"/>
       <c r="I236" s="30"/>
       <c r="J236" s="27"/>
       <c r="K236" s="22"/>
       <c r="L236" s="23"/>
       <c r="M236" s="19"/>
       <c r="N236" s="28"/>
       <c r="O236" s="20"/>
       <c r="P236" s="28"/>
       <c r="Q236" s="20"/>
       <c r="R236" s="28"/>
     </row>
     <row r="237" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <f t="shared" si="15"/>
         <v>235</v>
       </c>
       <c r="B237" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C237" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D237" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC235</v>
       </c>
       <c r="E237" s="24">
         <v>235</v>
       </c>
       <c r="F237" s="26"/>
       <c r="G237" s="25"/>
       <c r="H237" s="20"/>
       <c r="I237" s="30"/>
       <c r="J237" s="27"/>
       <c r="K237" s="22"/>
       <c r="L237" s="23"/>
       <c r="M237" s="19"/>
       <c r="N237" s="28"/>
       <c r="O237" s="20"/>
       <c r="P237" s="28"/>
       <c r="Q237" s="20"/>
       <c r="R237" s="28"/>
     </row>
     <row r="238" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <f t="shared" si="15"/>
         <v>236</v>
       </c>
       <c r="B238" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C238" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D238" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC236</v>
       </c>
       <c r="E238" s="24">
         <v>236</v>
       </c>
       <c r="F238" s="26"/>
       <c r="G238" s="25"/>
       <c r="H238" s="20"/>
       <c r="I238" s="30"/>
       <c r="J238" s="27"/>
       <c r="K238" s="22"/>
       <c r="L238" s="23"/>
       <c r="M238" s="19"/>
       <c r="N238" s="28"/>
       <c r="O238" s="20"/>
       <c r="P238" s="28"/>
       <c r="Q238" s="20"/>
       <c r="R238" s="28"/>
     </row>
     <row r="239" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <f t="shared" si="15"/>
         <v>237</v>
       </c>
       <c r="B239" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C239" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D239" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC237</v>
       </c>
       <c r="E239" s="24">
         <v>237</v>
       </c>
       <c r="F239" s="26"/>
       <c r="G239" s="25"/>
       <c r="H239" s="20"/>
       <c r="I239" s="30"/>
       <c r="J239" s="27"/>
       <c r="K239" s="22"/>
       <c r="L239" s="23"/>
       <c r="M239" s="19"/>
       <c r="N239" s="28"/>
       <c r="O239" s="20"/>
       <c r="P239" s="28"/>
       <c r="Q239" s="20"/>
       <c r="R239" s="28"/>
     </row>
     <row r="240" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <f t="shared" si="15"/>
         <v>238</v>
       </c>
       <c r="B240" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C240" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D240" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC238</v>
       </c>
       <c r="E240" s="24">
         <v>238</v>
       </c>
       <c r="F240" s="26"/>
       <c r="G240" s="25"/>
       <c r="H240" s="20"/>
       <c r="I240" s="30"/>
       <c r="J240" s="27"/>
       <c r="K240" s="22"/>
       <c r="L240" s="23"/>
       <c r="M240" s="19"/>
       <c r="N240" s="28"/>
       <c r="O240" s="20"/>
       <c r="P240" s="28"/>
       <c r="Q240" s="20"/>
       <c r="R240" s="28"/>
     </row>
     <row r="241" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <f t="shared" si="15"/>
         <v>239</v>
       </c>
       <c r="B241" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C241" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D241" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC239</v>
       </c>
       <c r="E241" s="24">
         <v>239</v>
       </c>
       <c r="F241" s="26"/>
       <c r="G241" s="25"/>
       <c r="H241" s="20"/>
       <c r="I241" s="30"/>
       <c r="J241" s="27"/>
       <c r="K241" s="22"/>
       <c r="L241" s="23"/>
       <c r="M241" s="19"/>
       <c r="N241" s="28"/>
       <c r="O241" s="20"/>
       <c r="P241" s="28"/>
       <c r="Q241" s="20"/>
       <c r="R241" s="28"/>
     </row>
     <row r="242" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <f t="shared" si="15"/>
         <v>240</v>
       </c>
       <c r="B242" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C242" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D242" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC240</v>
       </c>
       <c r="E242" s="24">
         <v>240</v>
       </c>
       <c r="F242" s="26"/>
       <c r="G242" s="25"/>
       <c r="H242" s="20"/>
       <c r="I242" s="30"/>
       <c r="J242" s="27"/>
       <c r="K242" s="22"/>
       <c r="L242" s="23"/>
       <c r="M242" s="19"/>
       <c r="N242" s="28"/>
       <c r="O242" s="20"/>
       <c r="P242" s="28"/>
       <c r="Q242" s="20"/>
       <c r="R242" s="28"/>
     </row>
     <row r="243" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <f t="shared" si="15"/>
         <v>241</v>
       </c>
       <c r="B243" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C243" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D243" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC241</v>
       </c>
       <c r="E243" s="24">
         <v>241</v>
       </c>
       <c r="F243" s="26"/>
       <c r="G243" s="25"/>
       <c r="H243" s="20"/>
       <c r="I243" s="30"/>
       <c r="J243" s="27"/>
       <c r="K243" s="22"/>
       <c r="L243" s="23"/>
       <c r="M243" s="19"/>
       <c r="N243" s="28"/>
       <c r="O243" s="20"/>
       <c r="P243" s="28"/>
       <c r="Q243" s="20"/>
       <c r="R243" s="28"/>
     </row>
     <row r="244" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <f t="shared" si="15"/>
         <v>242</v>
       </c>
       <c r="B244" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C244" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D244" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC242</v>
       </c>
       <c r="E244" s="24">
         <v>242</v>
       </c>
       <c r="F244" s="26"/>
       <c r="G244" s="25"/>
       <c r="H244" s="20"/>
       <c r="I244" s="30"/>
       <c r="J244" s="27"/>
       <c r="K244" s="22"/>
       <c r="L244" s="23"/>
       <c r="M244" s="19"/>
       <c r="N244" s="28"/>
       <c r="O244" s="20"/>
       <c r="P244" s="28"/>
       <c r="Q244" s="20"/>
       <c r="R244" s="28"/>
     </row>
     <row r="245" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <f t="shared" si="15"/>
         <v>243</v>
       </c>
       <c r="B245" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C245" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D245" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC243</v>
       </c>
       <c r="E245" s="24">
         <v>243</v>
       </c>
       <c r="F245" s="26"/>
       <c r="G245" s="25"/>
       <c r="H245" s="20"/>
       <c r="I245" s="30"/>
       <c r="J245" s="27"/>
       <c r="K245" s="22"/>
       <c r="L245" s="23"/>
       <c r="M245" s="19"/>
       <c r="N245" s="28"/>
       <c r="O245" s="20"/>
       <c r="P245" s="28"/>
       <c r="Q245" s="20"/>
       <c r="R245" s="28"/>
     </row>
     <row r="246" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <f t="shared" si="15"/>
         <v>244</v>
       </c>
       <c r="B246" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C246" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D246" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC244</v>
       </c>
       <c r="E246" s="24">
         <v>244</v>
       </c>
       <c r="F246" s="26"/>
       <c r="G246" s="25"/>
       <c r="H246" s="20"/>
       <c r="I246" s="30"/>
       <c r="J246" s="27"/>
       <c r="K246" s="22"/>
       <c r="L246" s="23"/>
       <c r="M246" s="19"/>
       <c r="N246" s="28"/>
       <c r="O246" s="20"/>
       <c r="P246" s="28"/>
       <c r="Q246" s="20"/>
       <c r="R246" s="28"/>
     </row>
     <row r="247" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <f t="shared" si="15"/>
         <v>245</v>
       </c>
       <c r="B247" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C247" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D247" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC245</v>
       </c>
       <c r="E247" s="24">
         <v>245</v>
       </c>
       <c r="F247" s="26"/>
       <c r="G247" s="25"/>
       <c r="H247" s="20"/>
       <c r="I247" s="30"/>
       <c r="J247" s="27"/>
       <c r="K247" s="22"/>
       <c r="L247" s="23"/>
       <c r="M247" s="19"/>
       <c r="N247" s="28"/>
       <c r="O247" s="20"/>
       <c r="P247" s="28"/>
       <c r="Q247" s="20"/>
       <c r="R247" s="28"/>
     </row>
     <row r="248" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <f t="shared" si="15"/>
         <v>246</v>
       </c>
       <c r="B248" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C248" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D248" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC246</v>
       </c>
       <c r="E248" s="24">
         <v>246</v>
       </c>
       <c r="F248" s="26"/>
       <c r="G248" s="25"/>
       <c r="H248" s="20"/>
       <c r="I248" s="30"/>
       <c r="J248" s="27"/>
       <c r="K248" s="22"/>
       <c r="L248" s="23"/>
       <c r="M248" s="19"/>
       <c r="N248" s="28"/>
       <c r="O248" s="20"/>
       <c r="P248" s="28"/>
       <c r="Q248" s="20"/>
       <c r="R248" s="28"/>
     </row>
     <row r="249" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <f t="shared" si="15"/>
         <v>247</v>
       </c>
       <c r="B249" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C249" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D249" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC247</v>
       </c>
       <c r="E249" s="24">
         <v>247</v>
       </c>
       <c r="F249" s="26"/>
       <c r="G249" s="25"/>
       <c r="H249" s="20"/>
       <c r="I249" s="30"/>
       <c r="J249" s="27"/>
       <c r="K249" s="22"/>
       <c r="L249" s="23"/>
       <c r="M249" s="19"/>
       <c r="N249" s="28"/>
       <c r="O249" s="20"/>
       <c r="P249" s="28"/>
       <c r="Q249" s="20"/>
       <c r="R249" s="28"/>
     </row>
     <row r="250" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <f t="shared" si="15"/>
         <v>248</v>
       </c>
       <c r="B250" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C250" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D250" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC248</v>
       </c>
       <c r="E250" s="24">
         <v>248</v>
       </c>
       <c r="F250" s="26"/>
       <c r="G250" s="25"/>
       <c r="H250" s="20"/>
       <c r="I250" s="30"/>
       <c r="J250" s="27"/>
       <c r="K250" s="22"/>
       <c r="L250" s="23"/>
       <c r="M250" s="19"/>
       <c r="N250" s="28"/>
       <c r="O250" s="20"/>
       <c r="P250" s="28"/>
       <c r="Q250" s="20"/>
       <c r="R250" s="28"/>
     </row>
     <row r="251" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <f t="shared" si="15"/>
         <v>249</v>
       </c>
       <c r="B251" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C251" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D251" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC249</v>
       </c>
       <c r="E251" s="24">
         <v>249</v>
       </c>
       <c r="F251" s="26"/>
       <c r="G251" s="25"/>
       <c r="H251" s="20"/>
       <c r="I251" s="30"/>
       <c r="J251" s="27"/>
       <c r="K251" s="22"/>
       <c r="L251" s="23"/>
       <c r="M251" s="19"/>
       <c r="N251" s="28"/>
       <c r="O251" s="20"/>
       <c r="P251" s="28"/>
       <c r="Q251" s="20"/>
       <c r="R251" s="28"/>
     </row>
     <row r="252" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <f t="shared" si="15"/>
         <v>250</v>
       </c>
       <c r="B252" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C252" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D252" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC250</v>
       </c>
       <c r="E252" s="24">
         <v>250</v>
       </c>
       <c r="F252" s="26"/>
       <c r="G252" s="25"/>
       <c r="H252" s="20"/>
       <c r="I252" s="30"/>
       <c r="J252" s="27"/>
       <c r="K252" s="22"/>
       <c r="L252" s="23"/>
       <c r="M252" s="19"/>
       <c r="N252" s="28"/>
       <c r="O252" s="20"/>
       <c r="P252" s="28"/>
       <c r="Q252" s="20"/>
       <c r="R252" s="28"/>
     </row>
     <row r="253" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <f t="shared" si="15"/>
         <v>251</v>
       </c>
       <c r="B253" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C253" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D253" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC251</v>
       </c>
       <c r="E253" s="24">
         <v>251</v>
       </c>
       <c r="F253" s="26"/>
       <c r="G253" s="25"/>
       <c r="H253" s="20"/>
       <c r="I253" s="30"/>
       <c r="J253" s="27"/>
       <c r="K253" s="22"/>
       <c r="L253" s="23"/>
       <c r="M253" s="19"/>
       <c r="N253" s="28"/>
       <c r="O253" s="20"/>
       <c r="P253" s="28"/>
       <c r="Q253" s="20"/>
       <c r="R253" s="28"/>
     </row>
     <row r="254" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <f t="shared" si="15"/>
         <v>252</v>
       </c>
       <c r="B254" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C254" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D254" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC252</v>
       </c>
       <c r="E254" s="24">
         <v>252</v>
       </c>
       <c r="F254" s="26"/>
       <c r="G254" s="25"/>
       <c r="H254" s="20"/>
       <c r="I254" s="30"/>
       <c r="J254" s="27"/>
       <c r="K254" s="22"/>
       <c r="L254" s="23"/>
       <c r="M254" s="19"/>
       <c r="N254" s="28"/>
       <c r="O254" s="20"/>
       <c r="P254" s="28"/>
       <c r="Q254" s="20"/>
       <c r="R254" s="28"/>
     </row>
     <row r="255" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <f t="shared" si="15"/>
         <v>253</v>
       </c>
       <c r="B255" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C255" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D255" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC253</v>
       </c>
       <c r="E255" s="24">
         <v>253</v>
       </c>
       <c r="F255" s="26"/>
       <c r="G255" s="25"/>
       <c r="H255" s="20"/>
       <c r="I255" s="30"/>
       <c r="J255" s="27"/>
       <c r="K255" s="22"/>
       <c r="L255" s="23"/>
       <c r="M255" s="19"/>
       <c r="N255" s="28"/>
       <c r="O255" s="20"/>
       <c r="P255" s="28"/>
       <c r="Q255" s="20"/>
       <c r="R255" s="28"/>
     </row>
     <row r="256" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <f t="shared" si="15"/>
         <v>254</v>
       </c>
       <c r="B256" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C256" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D256" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC254</v>
       </c>
       <c r="E256" s="24">
         <v>254</v>
       </c>
       <c r="F256" s="26"/>
       <c r="G256" s="25"/>
       <c r="H256" s="20"/>
       <c r="I256" s="30"/>
       <c r="J256" s="27"/>
       <c r="K256" s="22"/>
       <c r="L256" s="23"/>
       <c r="M256" s="19"/>
       <c r="N256" s="28"/>
       <c r="O256" s="20"/>
       <c r="P256" s="28"/>
       <c r="Q256" s="20"/>
       <c r="R256" s="28"/>
     </row>
     <row r="257" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <f t="shared" si="15"/>
         <v>255</v>
       </c>
       <c r="B257" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C257" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D257" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC255</v>
       </c>
       <c r="E257" s="24">
         <v>255</v>
       </c>
       <c r="F257" s="26"/>
       <c r="G257" s="25"/>
       <c r="H257" s="20"/>
       <c r="I257" s="30"/>
       <c r="J257" s="27"/>
       <c r="K257" s="22"/>
       <c r="L257" s="23"/>
       <c r="M257" s="19"/>
       <c r="N257" s="28"/>
       <c r="O257" s="20"/>
       <c r="P257" s="28"/>
       <c r="Q257" s="20"/>
       <c r="R257" s="28"/>
     </row>
     <row r="258" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <f t="shared" si="15"/>
         <v>256</v>
       </c>
       <c r="B258" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C258" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D258" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC256</v>
       </c>
       <c r="E258" s="24">
         <v>256</v>
       </c>
       <c r="F258" s="26"/>
       <c r="G258" s="25"/>
       <c r="H258" s="20"/>
       <c r="I258" s="30"/>
       <c r="J258" s="27"/>
       <c r="K258" s="22"/>
       <c r="L258" s="23"/>
       <c r="M258" s="19"/>
       <c r="N258" s="28"/>
       <c r="O258" s="20"/>
       <c r="P258" s="28"/>
       <c r="Q258" s="20"/>
       <c r="R258" s="28"/>
     </row>
     <row r="259" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <f t="shared" si="15"/>
         <v>257</v>
       </c>
       <c r="B259" s="3" t="str">
         <f t="shared" si="12"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C259" s="3" t="str">
         <f t="shared" si="13"/>
         <v>ABC</v>
       </c>
       <c r="D259" s="3" t="str">
         <f t="shared" si="14"/>
         <v>ABC257</v>
       </c>
       <c r="E259" s="24">
         <v>257</v>
       </c>
       <c r="F259" s="26"/>
       <c r="G259" s="25"/>
       <c r="H259" s="20"/>
       <c r="I259" s="30"/>
       <c r="J259" s="27"/>
       <c r="K259" s="22"/>
       <c r="L259" s="23"/>
       <c r="M259" s="19"/>
       <c r="N259" s="28"/>
       <c r="O259" s="20"/>
       <c r="P259" s="28"/>
       <c r="Q259" s="20"/>
       <c r="R259" s="28"/>
     </row>
     <row r="260" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <f t="shared" si="15"/>
         <v>258</v>
       </c>
       <c r="B260" s="3" t="str">
         <f t="shared" ref="B260:B323" si="16">$B$2</f>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C260" s="3" t="str">
         <f t="shared" ref="C260:C323" si="17">$C$2</f>
         <v>ABC</v>
       </c>
       <c r="D260" s="3" t="str">
         <f t="shared" ref="D260:D323" si="18">CONCATENATE(C260,E260)</f>
         <v>ABC258</v>
       </c>
       <c r="E260" s="24">
         <v>258</v>
       </c>
       <c r="F260" s="26"/>
       <c r="G260" s="25"/>
       <c r="H260" s="20"/>
       <c r="I260" s="30"/>
       <c r="J260" s="27"/>
       <c r="K260" s="22"/>
       <c r="L260" s="23"/>
       <c r="M260" s="19"/>
       <c r="N260" s="28"/>
       <c r="O260" s="20"/>
       <c r="P260" s="28"/>
       <c r="Q260" s="20"/>
       <c r="R260" s="28"/>
     </row>
     <row r="261" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <f t="shared" si="15"/>
         <v>259</v>
       </c>
       <c r="B261" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C261" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D261" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC259</v>
       </c>
       <c r="E261" s="24">
         <v>259</v>
       </c>
       <c r="F261" s="26"/>
       <c r="G261" s="25"/>
       <c r="H261" s="20"/>
       <c r="I261" s="30"/>
       <c r="J261" s="27"/>
       <c r="K261" s="22"/>
       <c r="L261" s="23"/>
       <c r="M261" s="19"/>
       <c r="N261" s="28"/>
       <c r="O261" s="20"/>
       <c r="P261" s="28"/>
       <c r="Q261" s="20"/>
       <c r="R261" s="28"/>
     </row>
     <row r="262" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <f t="shared" si="15"/>
         <v>260</v>
       </c>
       <c r="B262" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C262" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D262" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC260</v>
       </c>
       <c r="E262" s="24">
         <v>260</v>
       </c>
       <c r="F262" s="26"/>
       <c r="G262" s="25"/>
       <c r="H262" s="20"/>
       <c r="I262" s="30"/>
       <c r="J262" s="27"/>
       <c r="K262" s="22"/>
       <c r="L262" s="23"/>
       <c r="M262" s="19"/>
       <c r="N262" s="28"/>
       <c r="O262" s="20"/>
       <c r="P262" s="28"/>
       <c r="Q262" s="20"/>
       <c r="R262" s="28"/>
     </row>
     <row r="263" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <f t="shared" si="15"/>
         <v>261</v>
       </c>
       <c r="B263" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C263" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D263" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC261</v>
       </c>
       <c r="E263" s="24">
         <v>261</v>
       </c>
       <c r="F263" s="26"/>
       <c r="G263" s="25"/>
       <c r="H263" s="20"/>
       <c r="I263" s="30"/>
       <c r="J263" s="27"/>
       <c r="K263" s="22"/>
       <c r="L263" s="23"/>
       <c r="M263" s="19"/>
       <c r="N263" s="28"/>
       <c r="O263" s="20"/>
       <c r="P263" s="28"/>
       <c r="Q263" s="20"/>
       <c r="R263" s="28"/>
     </row>
     <row r="264" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <f t="shared" si="15"/>
         <v>262</v>
       </c>
       <c r="B264" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C264" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D264" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC262</v>
       </c>
       <c r="E264" s="24">
         <v>262</v>
       </c>
       <c r="F264" s="26"/>
       <c r="G264" s="25"/>
       <c r="H264" s="20"/>
       <c r="I264" s="30"/>
       <c r="J264" s="27"/>
       <c r="K264" s="22"/>
       <c r="L264" s="23"/>
       <c r="M264" s="19"/>
       <c r="N264" s="28"/>
       <c r="O264" s="20"/>
       <c r="P264" s="28"/>
       <c r="Q264" s="20"/>
       <c r="R264" s="28"/>
     </row>
     <row r="265" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <f t="shared" si="15"/>
         <v>263</v>
       </c>
       <c r="B265" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C265" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D265" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC263</v>
       </c>
       <c r="E265" s="24">
         <v>263</v>
       </c>
       <c r="F265" s="26"/>
       <c r="G265" s="25"/>
       <c r="H265" s="20"/>
       <c r="I265" s="30"/>
       <c r="J265" s="27"/>
       <c r="K265" s="22"/>
       <c r="L265" s="23"/>
       <c r="M265" s="19"/>
       <c r="N265" s="28"/>
       <c r="O265" s="20"/>
       <c r="P265" s="28"/>
       <c r="Q265" s="20"/>
       <c r="R265" s="28"/>
     </row>
     <row r="266" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <f t="shared" si="15"/>
         <v>264</v>
       </c>
       <c r="B266" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C266" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D266" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC264</v>
       </c>
       <c r="E266" s="24">
         <v>264</v>
       </c>
       <c r="F266" s="26"/>
       <c r="G266" s="25"/>
       <c r="H266" s="20"/>
       <c r="I266" s="30"/>
       <c r="J266" s="27"/>
       <c r="K266" s="22"/>
       <c r="L266" s="23"/>
       <c r="M266" s="19"/>
       <c r="N266" s="28"/>
       <c r="O266" s="20"/>
       <c r="P266" s="28"/>
       <c r="Q266" s="20"/>
       <c r="R266" s="28"/>
     </row>
     <row r="267" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <f t="shared" si="15"/>
         <v>265</v>
       </c>
       <c r="B267" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C267" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D267" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC265</v>
       </c>
       <c r="E267" s="24">
         <v>265</v>
       </c>
       <c r="F267" s="26"/>
       <c r="G267" s="25"/>
       <c r="H267" s="20"/>
       <c r="I267" s="30"/>
       <c r="J267" s="27"/>
       <c r="K267" s="22"/>
       <c r="L267" s="23"/>
       <c r="M267" s="19"/>
       <c r="N267" s="28"/>
       <c r="O267" s="20"/>
       <c r="P267" s="28"/>
       <c r="Q267" s="20"/>
       <c r="R267" s="28"/>
     </row>
     <row r="268" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <f t="shared" si="15"/>
         <v>266</v>
       </c>
       <c r="B268" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C268" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D268" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC266</v>
       </c>
       <c r="E268" s="24">
         <v>266</v>
       </c>
       <c r="F268" s="26"/>
       <c r="G268" s="25"/>
       <c r="H268" s="20"/>
       <c r="I268" s="30"/>
       <c r="J268" s="27"/>
       <c r="K268" s="22"/>
       <c r="L268" s="23"/>
       <c r="M268" s="19"/>
       <c r="N268" s="28"/>
       <c r="O268" s="20"/>
       <c r="P268" s="28"/>
       <c r="Q268" s="20"/>
       <c r="R268" s="28"/>
     </row>
     <row r="269" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <f t="shared" si="15"/>
         <v>267</v>
       </c>
       <c r="B269" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C269" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D269" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC267</v>
       </c>
       <c r="E269" s="24">
         <v>267</v>
       </c>
       <c r="F269" s="26"/>
       <c r="G269" s="25"/>
       <c r="H269" s="20"/>
       <c r="I269" s="30"/>
       <c r="J269" s="27"/>
       <c r="K269" s="22"/>
       <c r="L269" s="23"/>
       <c r="M269" s="19"/>
       <c r="N269" s="28"/>
       <c r="O269" s="20"/>
       <c r="P269" s="28"/>
       <c r="Q269" s="20"/>
       <c r="R269" s="28"/>
     </row>
     <row r="270" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <f t="shared" si="15"/>
         <v>268</v>
       </c>
       <c r="B270" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C270" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D270" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC268</v>
       </c>
       <c r="E270" s="24">
         <v>268</v>
       </c>
       <c r="F270" s="26"/>
       <c r="G270" s="25"/>
       <c r="H270" s="20"/>
       <c r="I270" s="30"/>
       <c r="J270" s="27"/>
       <c r="K270" s="22"/>
       <c r="L270" s="23"/>
       <c r="M270" s="19"/>
       <c r="N270" s="28"/>
       <c r="O270" s="20"/>
       <c r="P270" s="28"/>
       <c r="Q270" s="20"/>
       <c r="R270" s="28"/>
     </row>
     <row r="271" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <f t="shared" si="15"/>
         <v>269</v>
       </c>
       <c r="B271" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C271" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D271" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC269</v>
       </c>
       <c r="E271" s="24">
         <v>269</v>
       </c>
       <c r="F271" s="26"/>
       <c r="G271" s="25"/>
       <c r="H271" s="20"/>
       <c r="I271" s="30"/>
       <c r="J271" s="27"/>
       <c r="K271" s="22"/>
       <c r="L271" s="23"/>
       <c r="M271" s="19"/>
       <c r="N271" s="28"/>
       <c r="O271" s="20"/>
       <c r="P271" s="28"/>
       <c r="Q271" s="20"/>
       <c r="R271" s="28"/>
     </row>
     <row r="272" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <f t="shared" si="15"/>
         <v>270</v>
       </c>
       <c r="B272" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C272" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D272" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC270</v>
       </c>
       <c r="E272" s="24">
         <v>270</v>
       </c>
       <c r="F272" s="26"/>
       <c r="G272" s="25"/>
       <c r="H272" s="20"/>
       <c r="I272" s="30"/>
       <c r="J272" s="27"/>
       <c r="K272" s="22"/>
       <c r="L272" s="23"/>
       <c r="M272" s="19"/>
       <c r="N272" s="28"/>
       <c r="O272" s="20"/>
       <c r="P272" s="28"/>
       <c r="Q272" s="20"/>
       <c r="R272" s="28"/>
     </row>
     <row r="273" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <f t="shared" si="15"/>
         <v>271</v>
       </c>
       <c r="B273" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C273" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D273" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC271</v>
       </c>
       <c r="E273" s="24">
         <v>271</v>
       </c>
       <c r="F273" s="26"/>
       <c r="G273" s="25"/>
       <c r="H273" s="20"/>
       <c r="I273" s="30"/>
       <c r="J273" s="27"/>
       <c r="K273" s="22"/>
       <c r="L273" s="23"/>
       <c r="M273" s="19"/>
       <c r="N273" s="28"/>
       <c r="O273" s="20"/>
       <c r="P273" s="28"/>
       <c r="Q273" s="20"/>
       <c r="R273" s="28"/>
     </row>
     <row r="274" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <f t="shared" si="15"/>
         <v>272</v>
       </c>
       <c r="B274" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C274" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D274" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC272</v>
       </c>
       <c r="E274" s="24">
         <v>272</v>
       </c>
       <c r="F274" s="26"/>
       <c r="G274" s="25"/>
       <c r="H274" s="20"/>
       <c r="I274" s="30"/>
       <c r="J274" s="27"/>
       <c r="K274" s="22"/>
       <c r="L274" s="23"/>
       <c r="M274" s="19"/>
       <c r="N274" s="28"/>
       <c r="O274" s="20"/>
       <c r="P274" s="28"/>
       <c r="Q274" s="20"/>
       <c r="R274" s="28"/>
     </row>
     <row r="275" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <f t="shared" si="15"/>
         <v>273</v>
       </c>
       <c r="B275" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C275" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D275" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC273</v>
       </c>
       <c r="E275" s="24">
         <v>273</v>
       </c>
       <c r="F275" s="26"/>
       <c r="G275" s="25"/>
       <c r="H275" s="20"/>
       <c r="I275" s="30"/>
       <c r="J275" s="27"/>
       <c r="K275" s="22"/>
       <c r="L275" s="23"/>
       <c r="M275" s="19"/>
       <c r="N275" s="28"/>
       <c r="O275" s="20"/>
       <c r="P275" s="28"/>
       <c r="Q275" s="20"/>
       <c r="R275" s="28"/>
     </row>
     <row r="276" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <f t="shared" si="15"/>
         <v>274</v>
       </c>
       <c r="B276" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C276" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D276" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC274</v>
       </c>
       <c r="E276" s="24">
         <v>274</v>
       </c>
       <c r="F276" s="26"/>
       <c r="G276" s="25"/>
       <c r="H276" s="20"/>
       <c r="I276" s="30"/>
       <c r="J276" s="27"/>
       <c r="K276" s="22"/>
       <c r="L276" s="23"/>
       <c r="M276" s="19"/>
       <c r="N276" s="28"/>
       <c r="O276" s="20"/>
       <c r="P276" s="28"/>
       <c r="Q276" s="20"/>
       <c r="R276" s="28"/>
     </row>
     <row r="277" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <f t="shared" si="15"/>
         <v>275</v>
       </c>
       <c r="B277" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C277" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D277" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC275</v>
       </c>
       <c r="E277" s="24">
         <v>275</v>
       </c>
       <c r="F277" s="26"/>
       <c r="G277" s="25"/>
       <c r="H277" s="20"/>
       <c r="I277" s="30"/>
       <c r="J277" s="27"/>
       <c r="K277" s="22"/>
       <c r="L277" s="23"/>
       <c r="M277" s="19"/>
       <c r="N277" s="28"/>
       <c r="O277" s="20"/>
       <c r="P277" s="28"/>
       <c r="Q277" s="20"/>
       <c r="R277" s="28"/>
     </row>
     <row r="278" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <f t="shared" si="15"/>
         <v>276</v>
       </c>
       <c r="B278" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C278" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D278" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC276</v>
       </c>
       <c r="E278" s="24">
         <v>276</v>
       </c>
       <c r="F278" s="26"/>
       <c r="G278" s="25"/>
       <c r="H278" s="20"/>
       <c r="I278" s="30"/>
       <c r="J278" s="27"/>
       <c r="K278" s="22"/>
       <c r="L278" s="23"/>
       <c r="M278" s="19"/>
       <c r="N278" s="28"/>
       <c r="O278" s="20"/>
       <c r="P278" s="28"/>
       <c r="Q278" s="20"/>
       <c r="R278" s="28"/>
     </row>
     <row r="279" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <f t="shared" si="15"/>
         <v>277</v>
       </c>
       <c r="B279" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C279" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D279" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC277</v>
       </c>
       <c r="E279" s="24">
         <v>277</v>
       </c>
       <c r="F279" s="26"/>
       <c r="G279" s="25"/>
       <c r="H279" s="20"/>
       <c r="I279" s="30"/>
       <c r="J279" s="27"/>
       <c r="K279" s="22"/>
       <c r="L279" s="23"/>
       <c r="M279" s="19"/>
       <c r="N279" s="28"/>
       <c r="O279" s="20"/>
       <c r="P279" s="28"/>
       <c r="Q279" s="20"/>
       <c r="R279" s="28"/>
     </row>
     <row r="280" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <f t="shared" si="15"/>
         <v>278</v>
       </c>
       <c r="B280" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C280" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D280" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC278</v>
       </c>
       <c r="E280" s="24">
         <v>278</v>
       </c>
       <c r="F280" s="26"/>
       <c r="G280" s="25"/>
       <c r="H280" s="20"/>
       <c r="I280" s="30"/>
       <c r="J280" s="27"/>
       <c r="K280" s="22"/>
       <c r="L280" s="23"/>
       <c r="M280" s="19"/>
       <c r="N280" s="28"/>
       <c r="O280" s="20"/>
       <c r="P280" s="28"/>
       <c r="Q280" s="20"/>
       <c r="R280" s="28"/>
     </row>
     <row r="281" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <f t="shared" si="15"/>
         <v>279</v>
       </c>
       <c r="B281" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C281" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D281" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC279</v>
       </c>
       <c r="E281" s="24">
         <v>279</v>
       </c>
       <c r="F281" s="26"/>
       <c r="G281" s="25"/>
       <c r="H281" s="20"/>
       <c r="I281" s="30"/>
       <c r="J281" s="27"/>
       <c r="K281" s="22"/>
       <c r="L281" s="23"/>
       <c r="M281" s="19"/>
       <c r="N281" s="28"/>
       <c r="O281" s="20"/>
       <c r="P281" s="28"/>
       <c r="Q281" s="20"/>
       <c r="R281" s="28"/>
     </row>
     <row r="282" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <f t="shared" si="15"/>
         <v>280</v>
       </c>
       <c r="B282" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C282" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D282" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC280</v>
       </c>
       <c r="E282" s="24">
         <v>280</v>
       </c>
       <c r="F282" s="26"/>
       <c r="G282" s="25"/>
       <c r="H282" s="20"/>
       <c r="I282" s="30"/>
       <c r="J282" s="27"/>
       <c r="K282" s="22"/>
       <c r="L282" s="23"/>
       <c r="M282" s="19"/>
       <c r="N282" s="28"/>
       <c r="O282" s="20"/>
       <c r="P282" s="28"/>
       <c r="Q282" s="20"/>
       <c r="R282" s="28"/>
     </row>
     <row r="283" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <f t="shared" si="15"/>
         <v>281</v>
       </c>
       <c r="B283" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C283" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D283" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC281</v>
       </c>
       <c r="E283" s="24">
         <v>281</v>
       </c>
       <c r="F283" s="26"/>
       <c r="G283" s="25"/>
       <c r="H283" s="20"/>
       <c r="I283" s="30"/>
       <c r="J283" s="27"/>
       <c r="K283" s="22"/>
       <c r="L283" s="23"/>
       <c r="M283" s="19"/>
       <c r="N283" s="28"/>
       <c r="O283" s="20"/>
       <c r="P283" s="28"/>
       <c r="Q283" s="20"/>
       <c r="R283" s="28"/>
     </row>
     <row r="284" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <f t="shared" si="15"/>
         <v>282</v>
       </c>
       <c r="B284" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C284" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D284" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC282</v>
       </c>
       <c r="E284" s="24">
         <v>282</v>
       </c>
       <c r="F284" s="26"/>
       <c r="G284" s="25"/>
       <c r="H284" s="20"/>
       <c r="I284" s="30"/>
       <c r="J284" s="27"/>
       <c r="K284" s="22"/>
       <c r="L284" s="23"/>
       <c r="M284" s="19"/>
       <c r="N284" s="28"/>
       <c r="O284" s="20"/>
       <c r="P284" s="28"/>
       <c r="Q284" s="20"/>
       <c r="R284" s="28"/>
     </row>
     <row r="285" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <f t="shared" si="15"/>
         <v>283</v>
       </c>
       <c r="B285" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C285" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D285" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC283</v>
       </c>
       <c r="E285" s="24">
         <v>283</v>
       </c>
       <c r="F285" s="26"/>
       <c r="G285" s="25"/>
       <c r="H285" s="20"/>
       <c r="I285" s="30"/>
       <c r="J285" s="27"/>
       <c r="K285" s="22"/>
       <c r="L285" s="23"/>
       <c r="M285" s="19"/>
       <c r="N285" s="28"/>
       <c r="O285" s="20"/>
       <c r="P285" s="28"/>
       <c r="Q285" s="20"/>
       <c r="R285" s="28"/>
     </row>
     <row r="286" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <f t="shared" si="15"/>
         <v>284</v>
       </c>
       <c r="B286" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C286" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D286" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC284</v>
       </c>
       <c r="E286" s="24">
         <v>284</v>
       </c>
       <c r="F286" s="26"/>
       <c r="G286" s="25"/>
       <c r="H286" s="20"/>
       <c r="I286" s="30"/>
       <c r="J286" s="27"/>
       <c r="K286" s="22"/>
       <c r="L286" s="23"/>
       <c r="M286" s="19"/>
       <c r="N286" s="28"/>
       <c r="O286" s="20"/>
       <c r="P286" s="28"/>
       <c r="Q286" s="20"/>
       <c r="R286" s="28"/>
     </row>
     <row r="287" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <f t="shared" si="15"/>
         <v>285</v>
       </c>
       <c r="B287" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C287" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D287" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC285</v>
       </c>
       <c r="E287" s="24">
         <v>285</v>
       </c>
       <c r="F287" s="26"/>
       <c r="G287" s="25"/>
       <c r="H287" s="20"/>
       <c r="I287" s="30"/>
       <c r="J287" s="27"/>
       <c r="K287" s="22"/>
       <c r="L287" s="23"/>
       <c r="M287" s="19"/>
       <c r="N287" s="28"/>
       <c r="O287" s="20"/>
       <c r="P287" s="28"/>
       <c r="Q287" s="20"/>
       <c r="R287" s="28"/>
     </row>
     <row r="288" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <f t="shared" si="15"/>
         <v>286</v>
       </c>
       <c r="B288" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C288" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D288" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC286</v>
       </c>
       <c r="E288" s="24">
         <v>286</v>
       </c>
       <c r="F288" s="26"/>
       <c r="G288" s="25"/>
       <c r="H288" s="20"/>
       <c r="I288" s="30"/>
       <c r="J288" s="27"/>
       <c r="K288" s="22"/>
       <c r="L288" s="23"/>
       <c r="M288" s="19"/>
       <c r="N288" s="28"/>
       <c r="O288" s="20"/>
       <c r="P288" s="28"/>
       <c r="Q288" s="20"/>
       <c r="R288" s="28"/>
     </row>
     <row r="289" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <f t="shared" si="15"/>
         <v>287</v>
       </c>
       <c r="B289" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C289" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D289" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC287</v>
       </c>
       <c r="E289" s="24">
         <v>287</v>
       </c>
       <c r="F289" s="26"/>
       <c r="G289" s="25"/>
       <c r="H289" s="20"/>
       <c r="I289" s="30"/>
       <c r="J289" s="27"/>
       <c r="K289" s="22"/>
       <c r="L289" s="23"/>
       <c r="M289" s="19"/>
       <c r="N289" s="28"/>
       <c r="O289" s="20"/>
       <c r="P289" s="28"/>
       <c r="Q289" s="20"/>
       <c r="R289" s="28"/>
     </row>
     <row r="290" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <f t="shared" ref="A290:A353" si="19">A289+1</f>
         <v>288</v>
       </c>
       <c r="B290" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C290" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D290" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC288</v>
       </c>
       <c r="E290" s="24">
         <v>288</v>
       </c>
       <c r="F290" s="26"/>
       <c r="G290" s="25"/>
       <c r="H290" s="20"/>
       <c r="I290" s="30"/>
       <c r="J290" s="27"/>
       <c r="K290" s="22"/>
       <c r="L290" s="23"/>
       <c r="M290" s="19"/>
       <c r="N290" s="28"/>
       <c r="O290" s="20"/>
       <c r="P290" s="28"/>
       <c r="Q290" s="20"/>
       <c r="R290" s="28"/>
     </row>
     <row r="291" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <f t="shared" si="19"/>
         <v>289</v>
       </c>
       <c r="B291" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C291" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D291" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC289</v>
       </c>
       <c r="E291" s="24">
         <v>289</v>
       </c>
       <c r="F291" s="26"/>
       <c r="G291" s="25"/>
       <c r="H291" s="20"/>
       <c r="I291" s="30"/>
       <c r="J291" s="27"/>
       <c r="K291" s="22"/>
       <c r="L291" s="23"/>
       <c r="M291" s="19"/>
       <c r="N291" s="28"/>
       <c r="O291" s="20"/>
       <c r="P291" s="28"/>
       <c r="Q291" s="20"/>
       <c r="R291" s="28"/>
     </row>
     <row r="292" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <f t="shared" si="19"/>
         <v>290</v>
       </c>
       <c r="B292" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C292" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D292" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC290</v>
       </c>
       <c r="E292" s="24">
         <v>290</v>
       </c>
       <c r="F292" s="26"/>
       <c r="G292" s="25"/>
       <c r="H292" s="20"/>
       <c r="I292" s="30"/>
       <c r="J292" s="27"/>
       <c r="K292" s="22"/>
       <c r="L292" s="23"/>
       <c r="M292" s="19"/>
       <c r="N292" s="28"/>
       <c r="O292" s="20"/>
       <c r="P292" s="28"/>
       <c r="Q292" s="20"/>
       <c r="R292" s="28"/>
     </row>
     <row r="293" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <f t="shared" si="19"/>
         <v>291</v>
       </c>
       <c r="B293" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C293" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D293" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC291</v>
       </c>
       <c r="E293" s="24">
         <v>291</v>
       </c>
       <c r="F293" s="26"/>
       <c r="G293" s="25"/>
       <c r="H293" s="20"/>
       <c r="I293" s="30"/>
       <c r="J293" s="27"/>
       <c r="K293" s="22"/>
       <c r="L293" s="23"/>
       <c r="M293" s="19"/>
       <c r="N293" s="28"/>
       <c r="O293" s="20"/>
       <c r="P293" s="28"/>
       <c r="Q293" s="20"/>
       <c r="R293" s="28"/>
     </row>
     <row r="294" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <f t="shared" si="19"/>
         <v>292</v>
       </c>
       <c r="B294" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C294" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D294" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC292</v>
       </c>
       <c r="E294" s="24">
         <v>292</v>
       </c>
       <c r="F294" s="26"/>
       <c r="G294" s="25"/>
       <c r="H294" s="20"/>
       <c r="I294" s="30"/>
       <c r="J294" s="27"/>
       <c r="K294" s="22"/>
       <c r="L294" s="23"/>
       <c r="M294" s="19"/>
       <c r="N294" s="28"/>
       <c r="O294" s="20"/>
       <c r="P294" s="28"/>
       <c r="Q294" s="20"/>
       <c r="R294" s="28"/>
     </row>
     <row r="295" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <f t="shared" si="19"/>
         <v>293</v>
       </c>
       <c r="B295" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C295" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D295" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC293</v>
       </c>
       <c r="E295" s="24">
         <v>293</v>
       </c>
       <c r="F295" s="26"/>
       <c r="G295" s="25"/>
       <c r="H295" s="20"/>
       <c r="I295" s="30"/>
       <c r="J295" s="27"/>
       <c r="K295" s="22"/>
       <c r="L295" s="23"/>
       <c r="M295" s="19"/>
       <c r="N295" s="28"/>
       <c r="O295" s="20"/>
       <c r="P295" s="28"/>
       <c r="Q295" s="20"/>
       <c r="R295" s="28"/>
     </row>
     <row r="296" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <f t="shared" si="19"/>
         <v>294</v>
       </c>
       <c r="B296" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C296" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D296" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC294</v>
       </c>
       <c r="E296" s="24">
         <v>294</v>
       </c>
       <c r="F296" s="26"/>
       <c r="G296" s="25"/>
       <c r="H296" s="20"/>
       <c r="I296" s="30"/>
       <c r="J296" s="27"/>
       <c r="K296" s="22"/>
       <c r="L296" s="23"/>
       <c r="M296" s="19"/>
       <c r="N296" s="28"/>
       <c r="O296" s="20"/>
       <c r="P296" s="28"/>
       <c r="Q296" s="20"/>
       <c r="R296" s="28"/>
     </row>
     <row r="297" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <f t="shared" si="19"/>
         <v>295</v>
       </c>
       <c r="B297" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C297" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D297" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC295</v>
       </c>
       <c r="E297" s="24">
         <v>295</v>
       </c>
       <c r="F297" s="26"/>
       <c r="G297" s="25"/>
       <c r="H297" s="20"/>
       <c r="I297" s="30"/>
       <c r="J297" s="27"/>
       <c r="K297" s="22"/>
       <c r="L297" s="23"/>
       <c r="M297" s="19"/>
       <c r="N297" s="28"/>
       <c r="O297" s="20"/>
       <c r="P297" s="28"/>
       <c r="Q297" s="20"/>
       <c r="R297" s="28"/>
     </row>
     <row r="298" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <f t="shared" si="19"/>
         <v>296</v>
       </c>
       <c r="B298" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C298" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D298" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC296</v>
       </c>
       <c r="E298" s="24">
         <v>296</v>
       </c>
       <c r="F298" s="26"/>
       <c r="G298" s="25"/>
       <c r="H298" s="20"/>
       <c r="I298" s="30"/>
       <c r="J298" s="27"/>
       <c r="K298" s="22"/>
       <c r="L298" s="23"/>
       <c r="M298" s="19"/>
       <c r="N298" s="28"/>
       <c r="O298" s="20"/>
       <c r="P298" s="28"/>
       <c r="Q298" s="20"/>
       <c r="R298" s="28"/>
     </row>
     <row r="299" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <f t="shared" si="19"/>
         <v>297</v>
       </c>
       <c r="B299" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C299" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D299" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC297</v>
       </c>
       <c r="E299" s="24">
         <v>297</v>
       </c>
       <c r="F299" s="26"/>
       <c r="G299" s="25"/>
       <c r="H299" s="20"/>
       <c r="I299" s="30"/>
       <c r="J299" s="27"/>
       <c r="K299" s="22"/>
       <c r="L299" s="23"/>
       <c r="M299" s="19"/>
       <c r="N299" s="28"/>
       <c r="O299" s="20"/>
       <c r="P299" s="28"/>
       <c r="Q299" s="20"/>
       <c r="R299" s="28"/>
     </row>
     <row r="300" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <f t="shared" si="19"/>
         <v>298</v>
       </c>
       <c r="B300" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C300" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D300" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC298</v>
       </c>
       <c r="E300" s="24">
         <v>298</v>
       </c>
       <c r="F300" s="26"/>
       <c r="G300" s="25"/>
       <c r="H300" s="20"/>
       <c r="I300" s="30"/>
       <c r="J300" s="27"/>
       <c r="K300" s="22"/>
       <c r="L300" s="23"/>
       <c r="M300" s="19"/>
       <c r="N300" s="28"/>
       <c r="O300" s="20"/>
       <c r="P300" s="28"/>
       <c r="Q300" s="20"/>
       <c r="R300" s="28"/>
     </row>
     <row r="301" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <f t="shared" si="19"/>
         <v>299</v>
       </c>
       <c r="B301" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C301" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D301" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC299</v>
       </c>
       <c r="E301" s="24">
         <v>299</v>
       </c>
       <c r="F301" s="26"/>
       <c r="G301" s="25"/>
       <c r="H301" s="20"/>
       <c r="I301" s="30"/>
       <c r="J301" s="27"/>
       <c r="K301" s="22"/>
       <c r="L301" s="23"/>
       <c r="M301" s="19"/>
       <c r="N301" s="28"/>
       <c r="O301" s="20"/>
       <c r="P301" s="28"/>
       <c r="Q301" s="20"/>
       <c r="R301" s="28"/>
     </row>
     <row r="302" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <f t="shared" si="19"/>
         <v>300</v>
       </c>
       <c r="B302" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C302" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D302" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC300</v>
       </c>
       <c r="E302" s="24">
         <v>300</v>
       </c>
       <c r="F302" s="26"/>
       <c r="G302" s="25"/>
       <c r="H302" s="20"/>
       <c r="I302" s="30"/>
       <c r="J302" s="27"/>
       <c r="K302" s="22"/>
       <c r="L302" s="23"/>
       <c r="M302" s="19"/>
       <c r="N302" s="28"/>
       <c r="O302" s="20"/>
       <c r="P302" s="28"/>
       <c r="Q302" s="20"/>
       <c r="R302" s="28"/>
     </row>
     <row r="303" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <f t="shared" si="19"/>
         <v>301</v>
       </c>
       <c r="B303" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C303" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D303" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC301</v>
       </c>
       <c r="E303" s="24">
         <v>301</v>
       </c>
       <c r="F303" s="26"/>
       <c r="G303" s="25"/>
       <c r="H303" s="20"/>
       <c r="I303" s="30"/>
       <c r="J303" s="27"/>
       <c r="K303" s="22"/>
       <c r="L303" s="23"/>
       <c r="M303" s="19"/>
       <c r="N303" s="28"/>
       <c r="O303" s="20"/>
       <c r="P303" s="28"/>
       <c r="Q303" s="20"/>
       <c r="R303" s="28"/>
     </row>
     <row r="304" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <f t="shared" si="19"/>
         <v>302</v>
       </c>
       <c r="B304" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C304" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D304" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC302</v>
       </c>
       <c r="E304" s="24">
         <v>302</v>
       </c>
       <c r="F304" s="26"/>
       <c r="G304" s="25"/>
       <c r="H304" s="20"/>
       <c r="I304" s="30"/>
       <c r="J304" s="27"/>
       <c r="K304" s="22"/>
       <c r="L304" s="23"/>
       <c r="M304" s="19"/>
       <c r="N304" s="28"/>
       <c r="O304" s="20"/>
       <c r="P304" s="28"/>
       <c r="Q304" s="20"/>
       <c r="R304" s="28"/>
     </row>
     <row r="305" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <f t="shared" si="19"/>
         <v>303</v>
       </c>
       <c r="B305" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C305" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D305" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC303</v>
       </c>
       <c r="E305" s="24">
         <v>303</v>
       </c>
       <c r="F305" s="26"/>
       <c r="G305" s="25"/>
       <c r="H305" s="20"/>
       <c r="I305" s="30"/>
       <c r="J305" s="27"/>
       <c r="K305" s="22"/>
       <c r="L305" s="23"/>
       <c r="M305" s="19"/>
       <c r="N305" s="28"/>
       <c r="O305" s="20"/>
       <c r="P305" s="28"/>
       <c r="Q305" s="20"/>
       <c r="R305" s="28"/>
     </row>
     <row r="306" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <f t="shared" si="19"/>
         <v>304</v>
       </c>
       <c r="B306" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C306" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D306" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC304</v>
       </c>
       <c r="E306" s="24">
         <v>304</v>
       </c>
       <c r="F306" s="26"/>
       <c r="G306" s="25"/>
       <c r="H306" s="20"/>
       <c r="I306" s="30"/>
       <c r="J306" s="27"/>
       <c r="K306" s="22"/>
       <c r="L306" s="23"/>
       <c r="M306" s="19"/>
       <c r="N306" s="28"/>
       <c r="O306" s="20"/>
       <c r="P306" s="28"/>
       <c r="Q306" s="20"/>
       <c r="R306" s="28"/>
     </row>
     <row r="307" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <f t="shared" si="19"/>
         <v>305</v>
       </c>
       <c r="B307" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C307" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D307" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC305</v>
       </c>
       <c r="E307" s="24">
         <v>305</v>
       </c>
       <c r="F307" s="26"/>
       <c r="G307" s="25"/>
       <c r="H307" s="20"/>
       <c r="I307" s="30"/>
       <c r="J307" s="27"/>
       <c r="K307" s="22"/>
       <c r="L307" s="23"/>
       <c r="M307" s="19"/>
       <c r="N307" s="28"/>
       <c r="O307" s="20"/>
       <c r="P307" s="28"/>
       <c r="Q307" s="20"/>
       <c r="R307" s="28"/>
     </row>
     <row r="308" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <f t="shared" si="19"/>
         <v>306</v>
       </c>
       <c r="B308" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C308" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D308" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC306</v>
       </c>
       <c r="E308" s="24">
         <v>306</v>
       </c>
       <c r="F308" s="26"/>
       <c r="G308" s="25"/>
       <c r="H308" s="20"/>
       <c r="I308" s="30"/>
       <c r="J308" s="27"/>
       <c r="K308" s="22"/>
       <c r="L308" s="23"/>
       <c r="M308" s="19"/>
       <c r="N308" s="28"/>
       <c r="O308" s="20"/>
       <c r="P308" s="28"/>
       <c r="Q308" s="20"/>
       <c r="R308" s="28"/>
     </row>
     <row r="309" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <f t="shared" si="19"/>
         <v>307</v>
       </c>
       <c r="B309" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C309" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D309" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC307</v>
       </c>
       <c r="E309" s="24">
         <v>307</v>
       </c>
       <c r="F309" s="26"/>
       <c r="G309" s="25"/>
       <c r="H309" s="20"/>
       <c r="I309" s="30"/>
       <c r="J309" s="27"/>
       <c r="K309" s="22"/>
       <c r="L309" s="23"/>
       <c r="M309" s="19"/>
       <c r="N309" s="28"/>
       <c r="O309" s="20"/>
       <c r="P309" s="28"/>
       <c r="Q309" s="20"/>
       <c r="R309" s="28"/>
     </row>
     <row r="310" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <f t="shared" si="19"/>
         <v>308</v>
       </c>
       <c r="B310" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C310" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D310" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC308</v>
       </c>
       <c r="E310" s="24">
         <v>308</v>
       </c>
       <c r="F310" s="26"/>
       <c r="G310" s="25"/>
       <c r="H310" s="20"/>
       <c r="I310" s="30"/>
       <c r="J310" s="27"/>
       <c r="K310" s="22"/>
       <c r="L310" s="23"/>
       <c r="M310" s="19"/>
       <c r="N310" s="28"/>
       <c r="O310" s="20"/>
       <c r="P310" s="28"/>
       <c r="Q310" s="20"/>
       <c r="R310" s="28"/>
     </row>
     <row r="311" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <f t="shared" si="19"/>
         <v>309</v>
       </c>
       <c r="B311" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C311" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D311" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC309</v>
       </c>
       <c r="E311" s="24">
         <v>309</v>
       </c>
       <c r="F311" s="26"/>
       <c r="G311" s="25"/>
       <c r="H311" s="20"/>
       <c r="I311" s="30"/>
       <c r="J311" s="27"/>
       <c r="K311" s="22"/>
       <c r="L311" s="23"/>
       <c r="M311" s="19"/>
       <c r="N311" s="28"/>
       <c r="O311" s="20"/>
       <c r="P311" s="28"/>
       <c r="Q311" s="20"/>
       <c r="R311" s="28"/>
     </row>
     <row r="312" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <f t="shared" si="19"/>
         <v>310</v>
       </c>
       <c r="B312" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C312" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D312" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC310</v>
       </c>
       <c r="E312" s="24">
         <v>310</v>
       </c>
       <c r="F312" s="26"/>
       <c r="G312" s="25"/>
       <c r="H312" s="20"/>
       <c r="I312" s="30"/>
       <c r="J312" s="27"/>
       <c r="K312" s="22"/>
       <c r="L312" s="23"/>
       <c r="M312" s="19"/>
       <c r="N312" s="28"/>
       <c r="O312" s="20"/>
       <c r="P312" s="28"/>
       <c r="Q312" s="20"/>
       <c r="R312" s="28"/>
     </row>
     <row r="313" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <f t="shared" si="19"/>
         <v>311</v>
       </c>
       <c r="B313" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C313" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D313" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC311</v>
       </c>
       <c r="E313" s="24">
         <v>311</v>
       </c>
       <c r="F313" s="26"/>
       <c r="G313" s="25"/>
       <c r="H313" s="20"/>
       <c r="I313" s="30"/>
       <c r="J313" s="27"/>
       <c r="K313" s="22"/>
       <c r="L313" s="23"/>
       <c r="M313" s="19"/>
       <c r="N313" s="28"/>
       <c r="O313" s="20"/>
       <c r="P313" s="28"/>
       <c r="Q313" s="20"/>
       <c r="R313" s="28"/>
     </row>
     <row r="314" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <f t="shared" si="19"/>
         <v>312</v>
       </c>
       <c r="B314" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C314" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D314" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC312</v>
       </c>
       <c r="E314" s="24">
         <v>312</v>
       </c>
       <c r="F314" s="26"/>
       <c r="G314" s="25"/>
       <c r="H314" s="20"/>
       <c r="I314" s="30"/>
       <c r="J314" s="27"/>
       <c r="K314" s="22"/>
       <c r="L314" s="23"/>
       <c r="M314" s="19"/>
       <c r="N314" s="28"/>
       <c r="O314" s="20"/>
       <c r="P314" s="28"/>
       <c r="Q314" s="20"/>
       <c r="R314" s="28"/>
     </row>
     <row r="315" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <f t="shared" si="19"/>
         <v>313</v>
       </c>
       <c r="B315" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C315" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D315" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC313</v>
       </c>
       <c r="E315" s="24">
         <v>313</v>
       </c>
       <c r="F315" s="26"/>
       <c r="G315" s="25"/>
       <c r="H315" s="20"/>
       <c r="I315" s="30"/>
       <c r="J315" s="27"/>
       <c r="K315" s="22"/>
       <c r="L315" s="23"/>
       <c r="M315" s="19"/>
       <c r="N315" s="28"/>
       <c r="O315" s="20"/>
       <c r="P315" s="28"/>
       <c r="Q315" s="20"/>
       <c r="R315" s="28"/>
     </row>
     <row r="316" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <f t="shared" si="19"/>
         <v>314</v>
       </c>
       <c r="B316" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C316" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D316" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC314</v>
       </c>
       <c r="E316" s="24">
         <v>314</v>
       </c>
       <c r="F316" s="26"/>
       <c r="G316" s="25"/>
       <c r="H316" s="20"/>
       <c r="I316" s="30"/>
       <c r="J316" s="27"/>
       <c r="K316" s="22"/>
       <c r="L316" s="23"/>
       <c r="M316" s="19"/>
       <c r="N316" s="28"/>
       <c r="O316" s="20"/>
       <c r="P316" s="28"/>
       <c r="Q316" s="20"/>
       <c r="R316" s="28"/>
     </row>
     <row r="317" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <f t="shared" si="19"/>
         <v>315</v>
       </c>
       <c r="B317" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C317" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D317" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC315</v>
       </c>
       <c r="E317" s="24">
         <v>315</v>
       </c>
       <c r="F317" s="26"/>
       <c r="G317" s="25"/>
       <c r="H317" s="20"/>
       <c r="I317" s="30"/>
       <c r="J317" s="27"/>
       <c r="K317" s="22"/>
       <c r="L317" s="23"/>
       <c r="M317" s="19"/>
       <c r="N317" s="28"/>
       <c r="O317" s="20"/>
       <c r="P317" s="28"/>
       <c r="Q317" s="20"/>
       <c r="R317" s="28"/>
     </row>
     <row r="318" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <f t="shared" si="19"/>
         <v>316</v>
       </c>
       <c r="B318" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C318" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D318" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC316</v>
       </c>
       <c r="E318" s="24">
         <v>316</v>
       </c>
       <c r="F318" s="26"/>
       <c r="G318" s="25"/>
       <c r="H318" s="20"/>
       <c r="I318" s="30"/>
       <c r="J318" s="27"/>
       <c r="K318" s="22"/>
       <c r="L318" s="23"/>
       <c r="M318" s="19"/>
       <c r="N318" s="28"/>
       <c r="O318" s="20"/>
       <c r="P318" s="28"/>
       <c r="Q318" s="20"/>
       <c r="R318" s="28"/>
     </row>
     <row r="319" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <f t="shared" si="19"/>
         <v>317</v>
       </c>
       <c r="B319" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C319" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D319" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC317</v>
       </c>
       <c r="E319" s="24">
         <v>317</v>
       </c>
       <c r="F319" s="26"/>
       <c r="G319" s="25"/>
       <c r="H319" s="20"/>
       <c r="I319" s="30"/>
       <c r="J319" s="27"/>
       <c r="K319" s="22"/>
       <c r="L319" s="23"/>
       <c r="M319" s="19"/>
       <c r="N319" s="28"/>
       <c r="O319" s="20"/>
       <c r="P319" s="28"/>
       <c r="Q319" s="20"/>
       <c r="R319" s="28"/>
     </row>
     <row r="320" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <f t="shared" si="19"/>
         <v>318</v>
       </c>
       <c r="B320" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C320" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D320" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC318</v>
       </c>
       <c r="E320" s="24">
         <v>318</v>
       </c>
       <c r="F320" s="26"/>
       <c r="G320" s="25"/>
       <c r="H320" s="20"/>
       <c r="I320" s="30"/>
       <c r="J320" s="27"/>
       <c r="K320" s="22"/>
       <c r="L320" s="23"/>
       <c r="M320" s="19"/>
       <c r="N320" s="28"/>
       <c r="O320" s="20"/>
       <c r="P320" s="28"/>
       <c r="Q320" s="20"/>
       <c r="R320" s="28"/>
     </row>
     <row r="321" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <f t="shared" si="19"/>
         <v>319</v>
       </c>
       <c r="B321" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C321" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D321" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC319</v>
       </c>
       <c r="E321" s="24">
         <v>319</v>
       </c>
       <c r="F321" s="26"/>
       <c r="G321" s="25"/>
       <c r="H321" s="20"/>
       <c r="I321" s="30"/>
       <c r="J321" s="27"/>
       <c r="K321" s="22"/>
       <c r="L321" s="23"/>
       <c r="M321" s="19"/>
       <c r="N321" s="28"/>
       <c r="O321" s="20"/>
       <c r="P321" s="28"/>
       <c r="Q321" s="20"/>
       <c r="R321" s="28"/>
     </row>
     <row r="322" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <f t="shared" si="19"/>
         <v>320</v>
       </c>
       <c r="B322" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C322" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D322" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC320</v>
       </c>
       <c r="E322" s="24">
         <v>320</v>
       </c>
       <c r="F322" s="26"/>
       <c r="G322" s="25"/>
       <c r="H322" s="20"/>
       <c r="I322" s="30"/>
       <c r="J322" s="27"/>
       <c r="K322" s="22"/>
       <c r="L322" s="23"/>
       <c r="M322" s="19"/>
       <c r="N322" s="28"/>
       <c r="O322" s="20"/>
       <c r="P322" s="28"/>
       <c r="Q322" s="20"/>
       <c r="R322" s="28"/>
     </row>
     <row r="323" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <f t="shared" si="19"/>
         <v>321</v>
       </c>
       <c r="B323" s="3" t="str">
         <f t="shared" si="16"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C323" s="3" t="str">
         <f t="shared" si="17"/>
         <v>ABC</v>
       </c>
       <c r="D323" s="3" t="str">
         <f t="shared" si="18"/>
         <v>ABC321</v>
       </c>
       <c r="E323" s="24">
         <v>321</v>
       </c>
       <c r="F323" s="26"/>
       <c r="G323" s="25"/>
       <c r="H323" s="20"/>
       <c r="I323" s="30"/>
       <c r="J323" s="27"/>
       <c r="K323" s="22"/>
       <c r="L323" s="23"/>
       <c r="M323" s="19"/>
       <c r="N323" s="28"/>
       <c r="O323" s="20"/>
       <c r="P323" s="28"/>
       <c r="Q323" s="20"/>
       <c r="R323" s="28"/>
     </row>
     <row r="324" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <f t="shared" si="19"/>
         <v>322</v>
       </c>
       <c r="B324" s="3" t="str">
         <f t="shared" ref="B324:B387" si="20">$B$2</f>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C324" s="3" t="str">
         <f t="shared" ref="C324:C387" si="21">$C$2</f>
         <v>ABC</v>
       </c>
       <c r="D324" s="3" t="str">
         <f t="shared" ref="D324:D387" si="22">CONCATENATE(C324,E324)</f>
         <v>ABC322</v>
       </c>
       <c r="E324" s="24">
         <v>322</v>
       </c>
       <c r="F324" s="26"/>
       <c r="G324" s="25"/>
       <c r="H324" s="20"/>
       <c r="I324" s="30"/>
       <c r="J324" s="27"/>
       <c r="K324" s="22"/>
       <c r="L324" s="23"/>
       <c r="M324" s="19"/>
       <c r="N324" s="28"/>
       <c r="O324" s="20"/>
       <c r="P324" s="28"/>
       <c r="Q324" s="20"/>
       <c r="R324" s="28"/>
     </row>
     <row r="325" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <f t="shared" si="19"/>
         <v>323</v>
       </c>
       <c r="B325" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C325" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D325" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC323</v>
       </c>
       <c r="E325" s="24">
         <v>323</v>
       </c>
       <c r="F325" s="26"/>
       <c r="G325" s="25"/>
       <c r="H325" s="20"/>
       <c r="I325" s="30"/>
       <c r="J325" s="27"/>
       <c r="K325" s="22"/>
       <c r="L325" s="23"/>
       <c r="M325" s="19"/>
       <c r="N325" s="28"/>
       <c r="O325" s="20"/>
       <c r="P325" s="28"/>
       <c r="Q325" s="20"/>
       <c r="R325" s="28"/>
     </row>
     <row r="326" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <f t="shared" si="19"/>
         <v>324</v>
       </c>
       <c r="B326" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C326" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D326" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC324</v>
       </c>
       <c r="E326" s="24">
         <v>324</v>
       </c>
       <c r="F326" s="26"/>
       <c r="G326" s="25"/>
       <c r="H326" s="20"/>
       <c r="I326" s="30"/>
       <c r="J326" s="27"/>
       <c r="K326" s="22"/>
       <c r="L326" s="23"/>
       <c r="M326" s="19"/>
       <c r="N326" s="28"/>
       <c r="O326" s="20"/>
       <c r="P326" s="28"/>
       <c r="Q326" s="20"/>
       <c r="R326" s="28"/>
     </row>
     <row r="327" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <f t="shared" si="19"/>
         <v>325</v>
       </c>
       <c r="B327" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C327" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D327" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC325</v>
       </c>
       <c r="E327" s="24">
         <v>325</v>
       </c>
       <c r="F327" s="26"/>
       <c r="G327" s="25"/>
       <c r="H327" s="20"/>
       <c r="I327" s="30"/>
       <c r="J327" s="27"/>
       <c r="K327" s="22"/>
       <c r="L327" s="23"/>
       <c r="M327" s="19"/>
       <c r="N327" s="28"/>
       <c r="O327" s="20"/>
       <c r="P327" s="28"/>
       <c r="Q327" s="20"/>
       <c r="R327" s="28"/>
     </row>
     <row r="328" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <f t="shared" si="19"/>
         <v>326</v>
       </c>
       <c r="B328" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C328" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D328" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC326</v>
       </c>
       <c r="E328" s="24">
         <v>326</v>
       </c>
       <c r="F328" s="26"/>
       <c r="G328" s="25"/>
       <c r="H328" s="20"/>
       <c r="I328" s="30"/>
       <c r="J328" s="27"/>
       <c r="K328" s="22"/>
       <c r="L328" s="23"/>
       <c r="M328" s="19"/>
       <c r="N328" s="28"/>
       <c r="O328" s="20"/>
       <c r="P328" s="28"/>
       <c r="Q328" s="20"/>
       <c r="R328" s="28"/>
     </row>
     <row r="329" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <f t="shared" si="19"/>
         <v>327</v>
       </c>
       <c r="B329" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C329" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D329" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC327</v>
       </c>
       <c r="E329" s="24">
         <v>327</v>
       </c>
       <c r="F329" s="26"/>
       <c r="G329" s="25"/>
       <c r="H329" s="20"/>
       <c r="I329" s="30"/>
       <c r="J329" s="27"/>
       <c r="K329" s="22"/>
       <c r="L329" s="23"/>
       <c r="M329" s="19"/>
       <c r="N329" s="28"/>
       <c r="O329" s="20"/>
       <c r="P329" s="28"/>
       <c r="Q329" s="20"/>
       <c r="R329" s="28"/>
     </row>
     <row r="330" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <f t="shared" si="19"/>
         <v>328</v>
       </c>
       <c r="B330" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C330" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D330" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC328</v>
       </c>
       <c r="E330" s="24">
         <v>328</v>
       </c>
       <c r="F330" s="26"/>
       <c r="G330" s="25"/>
       <c r="H330" s="20"/>
       <c r="I330" s="30"/>
       <c r="J330" s="27"/>
       <c r="K330" s="22"/>
       <c r="L330" s="23"/>
       <c r="M330" s="19"/>
       <c r="N330" s="28"/>
       <c r="O330" s="20"/>
       <c r="P330" s="28"/>
       <c r="Q330" s="20"/>
       <c r="R330" s="28"/>
     </row>
     <row r="331" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <f t="shared" si="19"/>
         <v>329</v>
       </c>
       <c r="B331" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C331" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D331" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC329</v>
       </c>
       <c r="E331" s="24">
         <v>329</v>
       </c>
       <c r="F331" s="26"/>
       <c r="G331" s="25"/>
       <c r="H331" s="20"/>
       <c r="I331" s="30"/>
       <c r="J331" s="27"/>
       <c r="K331" s="22"/>
       <c r="L331" s="23"/>
       <c r="M331" s="19"/>
       <c r="N331" s="28"/>
       <c r="O331" s="20"/>
       <c r="P331" s="28"/>
       <c r="Q331" s="20"/>
       <c r="R331" s="28"/>
     </row>
     <row r="332" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <f t="shared" si="19"/>
         <v>330</v>
       </c>
       <c r="B332" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C332" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D332" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC330</v>
       </c>
       <c r="E332" s="24">
         <v>330</v>
       </c>
       <c r="F332" s="26"/>
       <c r="G332" s="25"/>
       <c r="H332" s="20"/>
       <c r="I332" s="30"/>
       <c r="J332" s="27"/>
       <c r="K332" s="22"/>
       <c r="L332" s="23"/>
       <c r="M332" s="19"/>
       <c r="N332" s="28"/>
       <c r="O332" s="20"/>
       <c r="P332" s="28"/>
       <c r="Q332" s="20"/>
       <c r="R332" s="28"/>
     </row>
     <row r="333" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <f t="shared" si="19"/>
         <v>331</v>
       </c>
       <c r="B333" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C333" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D333" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC331</v>
       </c>
       <c r="E333" s="24">
         <v>331</v>
       </c>
       <c r="F333" s="26"/>
       <c r="G333" s="25"/>
       <c r="H333" s="20"/>
       <c r="I333" s="30"/>
       <c r="J333" s="27"/>
       <c r="K333" s="22"/>
       <c r="L333" s="23"/>
       <c r="M333" s="19"/>
       <c r="N333" s="28"/>
       <c r="O333" s="20"/>
       <c r="P333" s="28"/>
       <c r="Q333" s="20"/>
       <c r="R333" s="28"/>
     </row>
     <row r="334" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <f t="shared" si="19"/>
         <v>332</v>
       </c>
       <c r="B334" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C334" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D334" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC332</v>
       </c>
       <c r="E334" s="24">
         <v>332</v>
       </c>
       <c r="F334" s="26"/>
       <c r="G334" s="25"/>
       <c r="H334" s="20"/>
       <c r="I334" s="30"/>
       <c r="J334" s="27"/>
       <c r="K334" s="22"/>
       <c r="L334" s="23"/>
       <c r="M334" s="19"/>
       <c r="N334" s="28"/>
       <c r="O334" s="20"/>
       <c r="P334" s="28"/>
       <c r="Q334" s="20"/>
       <c r="R334" s="28"/>
     </row>
     <row r="335" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <f t="shared" si="19"/>
         <v>333</v>
       </c>
       <c r="B335" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C335" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D335" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC333</v>
       </c>
       <c r="E335" s="24">
         <v>333</v>
       </c>
       <c r="F335" s="26"/>
       <c r="G335" s="25"/>
       <c r="H335" s="20"/>
       <c r="I335" s="30"/>
       <c r="J335" s="27"/>
       <c r="K335" s="22"/>
       <c r="L335" s="23"/>
       <c r="M335" s="19"/>
       <c r="N335" s="28"/>
       <c r="O335" s="20"/>
       <c r="P335" s="28"/>
       <c r="Q335" s="20"/>
       <c r="R335" s="28"/>
     </row>
     <row r="336" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <f t="shared" si="19"/>
         <v>334</v>
       </c>
       <c r="B336" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C336" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D336" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC334</v>
       </c>
       <c r="E336" s="24">
         <v>334</v>
       </c>
       <c r="F336" s="26"/>
       <c r="G336" s="25"/>
       <c r="H336" s="20"/>
       <c r="I336" s="30"/>
       <c r="J336" s="27"/>
       <c r="K336" s="22"/>
       <c r="L336" s="23"/>
       <c r="M336" s="19"/>
       <c r="N336" s="28"/>
       <c r="O336" s="20"/>
       <c r="P336" s="28"/>
       <c r="Q336" s="20"/>
       <c r="R336" s="28"/>
     </row>
     <row r="337" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <f t="shared" si="19"/>
         <v>335</v>
       </c>
       <c r="B337" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C337" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D337" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC335</v>
       </c>
       <c r="E337" s="24">
         <v>335</v>
       </c>
       <c r="F337" s="26"/>
       <c r="G337" s="25"/>
       <c r="H337" s="20"/>
       <c r="I337" s="30"/>
       <c r="J337" s="27"/>
       <c r="K337" s="22"/>
       <c r="L337" s="23"/>
       <c r="M337" s="19"/>
       <c r="N337" s="28"/>
       <c r="O337" s="20"/>
       <c r="P337" s="28"/>
       <c r="Q337" s="20"/>
       <c r="R337" s="28"/>
     </row>
     <row r="338" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <f t="shared" si="19"/>
         <v>336</v>
       </c>
       <c r="B338" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C338" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D338" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC336</v>
       </c>
       <c r="E338" s="24">
         <v>336</v>
       </c>
       <c r="F338" s="26"/>
       <c r="G338" s="25"/>
       <c r="H338" s="20"/>
       <c r="I338" s="30"/>
       <c r="J338" s="27"/>
       <c r="K338" s="22"/>
       <c r="L338" s="23"/>
       <c r="M338" s="19"/>
       <c r="N338" s="28"/>
       <c r="O338" s="20"/>
       <c r="P338" s="28"/>
       <c r="Q338" s="20"/>
       <c r="R338" s="28"/>
     </row>
     <row r="339" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <f t="shared" si="19"/>
         <v>337</v>
       </c>
       <c r="B339" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C339" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D339" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC337</v>
       </c>
       <c r="E339" s="24">
         <v>337</v>
       </c>
       <c r="F339" s="26"/>
       <c r="G339" s="25"/>
       <c r="H339" s="20"/>
       <c r="I339" s="30"/>
       <c r="J339" s="27"/>
       <c r="K339" s="22"/>
       <c r="L339" s="23"/>
       <c r="M339" s="19"/>
       <c r="N339" s="28"/>
       <c r="O339" s="20"/>
       <c r="P339" s="28"/>
       <c r="Q339" s="20"/>
       <c r="R339" s="28"/>
     </row>
     <row r="340" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <f t="shared" si="19"/>
         <v>338</v>
       </c>
       <c r="B340" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C340" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D340" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC338</v>
       </c>
       <c r="E340" s="24">
         <v>338</v>
       </c>
       <c r="F340" s="26"/>
       <c r="G340" s="25"/>
       <c r="H340" s="20"/>
       <c r="I340" s="30"/>
       <c r="J340" s="27"/>
       <c r="K340" s="22"/>
       <c r="L340" s="23"/>
       <c r="M340" s="19"/>
       <c r="N340" s="28"/>
       <c r="O340" s="20"/>
       <c r="P340" s="28"/>
       <c r="Q340" s="20"/>
       <c r="R340" s="28"/>
     </row>
     <row r="341" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <f t="shared" si="19"/>
         <v>339</v>
       </c>
       <c r="B341" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C341" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D341" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC339</v>
       </c>
       <c r="E341" s="24">
         <v>339</v>
       </c>
       <c r="F341" s="26"/>
       <c r="G341" s="25"/>
       <c r="H341" s="20"/>
       <c r="I341" s="30"/>
       <c r="J341" s="27"/>
       <c r="K341" s="22"/>
       <c r="L341" s="23"/>
       <c r="M341" s="19"/>
       <c r="N341" s="28"/>
       <c r="O341" s="20"/>
       <c r="P341" s="28"/>
       <c r="Q341" s="20"/>
       <c r="R341" s="28"/>
     </row>
     <row r="342" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <f t="shared" si="19"/>
         <v>340</v>
       </c>
       <c r="B342" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C342" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D342" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC340</v>
       </c>
       <c r="E342" s="24">
         <v>340</v>
       </c>
       <c r="F342" s="26"/>
       <c r="G342" s="25"/>
       <c r="H342" s="20"/>
       <c r="I342" s="30"/>
       <c r="J342" s="27"/>
       <c r="K342" s="22"/>
       <c r="L342" s="23"/>
       <c r="M342" s="19"/>
       <c r="N342" s="28"/>
       <c r="O342" s="20"/>
       <c r="P342" s="28"/>
       <c r="Q342" s="20"/>
       <c r="R342" s="28"/>
     </row>
     <row r="343" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <f t="shared" si="19"/>
         <v>341</v>
       </c>
       <c r="B343" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C343" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D343" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC341</v>
       </c>
       <c r="E343" s="24">
         <v>341</v>
       </c>
       <c r="F343" s="26"/>
       <c r="G343" s="25"/>
       <c r="H343" s="20"/>
       <c r="I343" s="30"/>
       <c r="J343" s="27"/>
       <c r="K343" s="22"/>
       <c r="L343" s="23"/>
       <c r="M343" s="19"/>
       <c r="N343" s="28"/>
       <c r="O343" s="20"/>
       <c r="P343" s="28"/>
       <c r="Q343" s="20"/>
       <c r="R343" s="28"/>
     </row>
     <row r="344" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <f t="shared" si="19"/>
         <v>342</v>
       </c>
       <c r="B344" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C344" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D344" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC342</v>
       </c>
       <c r="E344" s="24">
         <v>342</v>
       </c>
       <c r="F344" s="26"/>
       <c r="G344" s="25"/>
       <c r="H344" s="20"/>
       <c r="I344" s="30"/>
       <c r="J344" s="27"/>
       <c r="K344" s="22"/>
       <c r="L344" s="23"/>
       <c r="M344" s="19"/>
       <c r="N344" s="28"/>
       <c r="O344" s="20"/>
       <c r="P344" s="28"/>
       <c r="Q344" s="20"/>
       <c r="R344" s="28"/>
     </row>
     <row r="345" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <f t="shared" si="19"/>
         <v>343</v>
       </c>
       <c r="B345" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C345" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D345" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC343</v>
       </c>
       <c r="E345" s="24">
         <v>343</v>
       </c>
       <c r="F345" s="26"/>
       <c r="G345" s="25"/>
       <c r="H345" s="20"/>
       <c r="I345" s="30"/>
       <c r="J345" s="27"/>
       <c r="K345" s="22"/>
       <c r="L345" s="23"/>
       <c r="M345" s="19"/>
       <c r="N345" s="28"/>
       <c r="O345" s="20"/>
       <c r="P345" s="28"/>
       <c r="Q345" s="20"/>
       <c r="R345" s="28"/>
     </row>
     <row r="346" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <f t="shared" si="19"/>
         <v>344</v>
       </c>
       <c r="B346" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C346" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D346" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC344</v>
       </c>
       <c r="E346" s="24">
         <v>344</v>
       </c>
       <c r="F346" s="26"/>
       <c r="G346" s="25"/>
       <c r="H346" s="20"/>
       <c r="I346" s="30"/>
       <c r="J346" s="27"/>
       <c r="K346" s="22"/>
       <c r="L346" s="23"/>
       <c r="M346" s="19"/>
       <c r="N346" s="28"/>
       <c r="O346" s="20"/>
       <c r="P346" s="28"/>
       <c r="Q346" s="20"/>
       <c r="R346" s="28"/>
     </row>
     <row r="347" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <f t="shared" si="19"/>
         <v>345</v>
       </c>
       <c r="B347" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C347" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D347" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC345</v>
       </c>
       <c r="E347" s="24">
         <v>345</v>
       </c>
       <c r="F347" s="26"/>
       <c r="G347" s="25"/>
       <c r="H347" s="20"/>
       <c r="I347" s="30"/>
       <c r="J347" s="27"/>
       <c r="K347" s="22"/>
       <c r="L347" s="23"/>
       <c r="M347" s="19"/>
       <c r="N347" s="28"/>
       <c r="O347" s="20"/>
       <c r="P347" s="28"/>
       <c r="Q347" s="20"/>
       <c r="R347" s="28"/>
     </row>
     <row r="348" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <f t="shared" si="19"/>
         <v>346</v>
       </c>
       <c r="B348" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C348" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D348" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC346</v>
       </c>
       <c r="E348" s="24">
         <v>346</v>
       </c>
       <c r="F348" s="26"/>
       <c r="G348" s="25"/>
       <c r="H348" s="20"/>
       <c r="I348" s="30"/>
       <c r="J348" s="27"/>
       <c r="K348" s="22"/>
       <c r="L348" s="23"/>
       <c r="M348" s="19"/>
       <c r="N348" s="28"/>
       <c r="O348" s="20"/>
       <c r="P348" s="28"/>
       <c r="Q348" s="20"/>
       <c r="R348" s="28"/>
     </row>
     <row r="349" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <f t="shared" si="19"/>
         <v>347</v>
       </c>
       <c r="B349" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C349" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D349" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC347</v>
       </c>
       <c r="E349" s="24">
         <v>347</v>
       </c>
       <c r="F349" s="26"/>
       <c r="G349" s="25"/>
       <c r="H349" s="20"/>
       <c r="I349" s="30"/>
       <c r="J349" s="27"/>
       <c r="K349" s="22"/>
       <c r="L349" s="23"/>
       <c r="M349" s="19"/>
       <c r="N349" s="28"/>
       <c r="O349" s="20"/>
       <c r="P349" s="28"/>
       <c r="Q349" s="20"/>
       <c r="R349" s="28"/>
     </row>
     <row r="350" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <f t="shared" si="19"/>
         <v>348</v>
       </c>
       <c r="B350" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C350" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D350" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC348</v>
       </c>
       <c r="E350" s="24">
         <v>348</v>
       </c>
       <c r="F350" s="26"/>
       <c r="G350" s="25"/>
       <c r="H350" s="20"/>
       <c r="I350" s="30"/>
       <c r="J350" s="27"/>
       <c r="K350" s="22"/>
       <c r="L350" s="23"/>
       <c r="M350" s="19"/>
       <c r="N350" s="28"/>
       <c r="O350" s="20"/>
       <c r="P350" s="28"/>
       <c r="Q350" s="20"/>
       <c r="R350" s="28"/>
     </row>
     <row r="351" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <f t="shared" si="19"/>
         <v>349</v>
       </c>
       <c r="B351" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C351" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D351" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC349</v>
       </c>
       <c r="E351" s="24">
         <v>349</v>
       </c>
       <c r="F351" s="26"/>
       <c r="G351" s="25"/>
       <c r="H351" s="20"/>
       <c r="I351" s="30"/>
       <c r="J351" s="27"/>
       <c r="K351" s="22"/>
       <c r="L351" s="23"/>
       <c r="M351" s="19"/>
       <c r="N351" s="28"/>
       <c r="O351" s="20"/>
       <c r="P351" s="28"/>
       <c r="Q351" s="20"/>
       <c r="R351" s="28"/>
     </row>
     <row r="352" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <f t="shared" si="19"/>
         <v>350</v>
       </c>
       <c r="B352" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C352" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D352" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC350</v>
       </c>
       <c r="E352" s="24">
         <v>350</v>
       </c>
       <c r="F352" s="26"/>
       <c r="G352" s="25"/>
       <c r="H352" s="20"/>
       <c r="I352" s="30"/>
       <c r="J352" s="27"/>
       <c r="K352" s="22"/>
       <c r="L352" s="23"/>
       <c r="M352" s="19"/>
       <c r="N352" s="28"/>
       <c r="O352" s="20"/>
       <c r="P352" s="28"/>
       <c r="Q352" s="20"/>
       <c r="R352" s="28"/>
     </row>
     <row r="353" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <f t="shared" si="19"/>
         <v>351</v>
       </c>
       <c r="B353" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C353" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D353" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC351</v>
       </c>
       <c r="E353" s="24">
         <v>351</v>
       </c>
       <c r="F353" s="26"/>
       <c r="G353" s="25"/>
       <c r="H353" s="20"/>
       <c r="I353" s="30"/>
       <c r="J353" s="27"/>
       <c r="K353" s="22"/>
       <c r="L353" s="23"/>
       <c r="M353" s="19"/>
       <c r="N353" s="28"/>
       <c r="O353" s="20"/>
       <c r="P353" s="28"/>
       <c r="Q353" s="20"/>
       <c r="R353" s="28"/>
     </row>
     <row r="354" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <f t="shared" ref="A354:A417" si="23">A353+1</f>
         <v>352</v>
       </c>
       <c r="B354" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C354" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D354" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC352</v>
       </c>
       <c r="E354" s="24">
         <v>352</v>
       </c>
       <c r="F354" s="26"/>
       <c r="G354" s="25"/>
       <c r="H354" s="20"/>
       <c r="I354" s="30"/>
       <c r="J354" s="27"/>
       <c r="K354" s="22"/>
       <c r="L354" s="23"/>
       <c r="M354" s="19"/>
       <c r="N354" s="28"/>
       <c r="O354" s="20"/>
       <c r="P354" s="28"/>
       <c r="Q354" s="20"/>
       <c r="R354" s="28"/>
     </row>
     <row r="355" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <f t="shared" si="23"/>
         <v>353</v>
       </c>
       <c r="B355" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C355" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D355" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC353</v>
       </c>
       <c r="E355" s="24">
         <v>353</v>
       </c>
       <c r="F355" s="26"/>
       <c r="G355" s="25"/>
       <c r="H355" s="20"/>
       <c r="I355" s="30"/>
       <c r="J355" s="27"/>
       <c r="K355" s="22"/>
       <c r="L355" s="23"/>
       <c r="M355" s="19"/>
       <c r="N355" s="28"/>
       <c r="O355" s="20"/>
       <c r="P355" s="28"/>
       <c r="Q355" s="20"/>
       <c r="R355" s="28"/>
     </row>
     <row r="356" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <f t="shared" si="23"/>
         <v>354</v>
       </c>
       <c r="B356" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C356" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D356" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC354</v>
       </c>
       <c r="E356" s="24">
         <v>354</v>
       </c>
       <c r="F356" s="26"/>
       <c r="G356" s="25"/>
       <c r="H356" s="20"/>
       <c r="I356" s="30"/>
       <c r="J356" s="27"/>
       <c r="K356" s="22"/>
       <c r="L356" s="23"/>
       <c r="M356" s="19"/>
       <c r="N356" s="28"/>
       <c r="O356" s="20"/>
       <c r="P356" s="28"/>
       <c r="Q356" s="20"/>
       <c r="R356" s="28"/>
     </row>
     <row r="357" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <f t="shared" si="23"/>
         <v>355</v>
       </c>
       <c r="B357" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C357" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D357" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC355</v>
       </c>
       <c r="E357" s="24">
         <v>355</v>
       </c>
       <c r="F357" s="26"/>
       <c r="G357" s="25"/>
       <c r="H357" s="20"/>
       <c r="I357" s="30"/>
       <c r="J357" s="27"/>
       <c r="K357" s="22"/>
       <c r="L357" s="23"/>
       <c r="M357" s="19"/>
       <c r="N357" s="28"/>
       <c r="O357" s="20"/>
       <c r="P357" s="28"/>
       <c r="Q357" s="20"/>
       <c r="R357" s="28"/>
     </row>
     <row r="358" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <f t="shared" si="23"/>
         <v>356</v>
       </c>
       <c r="B358" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C358" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D358" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC356</v>
       </c>
       <c r="E358" s="24">
         <v>356</v>
       </c>
       <c r="F358" s="26"/>
       <c r="G358" s="25"/>
       <c r="H358" s="20"/>
       <c r="I358" s="30"/>
       <c r="J358" s="27"/>
       <c r="K358" s="22"/>
       <c r="L358" s="23"/>
       <c r="M358" s="19"/>
       <c r="N358" s="28"/>
       <c r="O358" s="20"/>
       <c r="P358" s="28"/>
       <c r="Q358" s="20"/>
       <c r="R358" s="28"/>
     </row>
     <row r="359" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <f t="shared" si="23"/>
         <v>357</v>
       </c>
       <c r="B359" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C359" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D359" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC357</v>
       </c>
       <c r="E359" s="24">
         <v>357</v>
       </c>
       <c r="F359" s="26"/>
       <c r="G359" s="25"/>
       <c r="H359" s="20"/>
       <c r="I359" s="30"/>
       <c r="J359" s="27"/>
       <c r="K359" s="22"/>
       <c r="L359" s="23"/>
       <c r="M359" s="19"/>
       <c r="N359" s="28"/>
       <c r="O359" s="20"/>
       <c r="P359" s="28"/>
       <c r="Q359" s="20"/>
       <c r="R359" s="28"/>
     </row>
     <row r="360" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <f t="shared" si="23"/>
         <v>358</v>
       </c>
       <c r="B360" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C360" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D360" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC358</v>
       </c>
       <c r="E360" s="24">
         <v>358</v>
       </c>
       <c r="F360" s="26"/>
       <c r="G360" s="25"/>
       <c r="H360" s="20"/>
       <c r="I360" s="30"/>
       <c r="J360" s="27"/>
       <c r="K360" s="22"/>
       <c r="L360" s="23"/>
       <c r="M360" s="19"/>
       <c r="N360" s="28"/>
       <c r="O360" s="20"/>
       <c r="P360" s="28"/>
       <c r="Q360" s="20"/>
       <c r="R360" s="28"/>
     </row>
     <row r="361" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <f t="shared" si="23"/>
         <v>359</v>
       </c>
       <c r="B361" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C361" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D361" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC359</v>
       </c>
       <c r="E361" s="24">
         <v>359</v>
       </c>
       <c r="F361" s="26"/>
       <c r="G361" s="25"/>
       <c r="H361" s="20"/>
       <c r="I361" s="30"/>
       <c r="J361" s="27"/>
       <c r="K361" s="22"/>
       <c r="L361" s="23"/>
       <c r="M361" s="19"/>
       <c r="N361" s="28"/>
       <c r="O361" s="20"/>
       <c r="P361" s="28"/>
       <c r="Q361" s="20"/>
       <c r="R361" s="28"/>
     </row>
     <row r="362" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <f t="shared" si="23"/>
         <v>360</v>
       </c>
       <c r="B362" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C362" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D362" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC360</v>
       </c>
       <c r="E362" s="24">
         <v>360</v>
       </c>
       <c r="F362" s="26"/>
       <c r="G362" s="25"/>
       <c r="H362" s="20"/>
       <c r="I362" s="30"/>
       <c r="J362" s="27"/>
       <c r="K362" s="22"/>
       <c r="L362" s="23"/>
       <c r="M362" s="19"/>
       <c r="N362" s="28"/>
       <c r="O362" s="20"/>
       <c r="P362" s="28"/>
       <c r="Q362" s="20"/>
       <c r="R362" s="28"/>
     </row>
     <row r="363" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <f t="shared" si="23"/>
         <v>361</v>
       </c>
       <c r="B363" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C363" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D363" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC361</v>
       </c>
       <c r="E363" s="24">
         <v>361</v>
       </c>
       <c r="F363" s="26"/>
       <c r="G363" s="25"/>
       <c r="H363" s="20"/>
       <c r="I363" s="30"/>
       <c r="J363" s="27"/>
       <c r="K363" s="22"/>
       <c r="L363" s="23"/>
       <c r="M363" s="19"/>
       <c r="N363" s="28"/>
       <c r="O363" s="20"/>
       <c r="P363" s="28"/>
       <c r="Q363" s="20"/>
       <c r="R363" s="28"/>
     </row>
     <row r="364" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <f t="shared" si="23"/>
         <v>362</v>
       </c>
       <c r="B364" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C364" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D364" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC362</v>
       </c>
       <c r="E364" s="24">
         <v>362</v>
       </c>
       <c r="F364" s="26"/>
       <c r="G364" s="25"/>
       <c r="H364" s="20"/>
       <c r="I364" s="30"/>
       <c r="J364" s="27"/>
       <c r="K364" s="22"/>
       <c r="L364" s="23"/>
       <c r="M364" s="19"/>
       <c r="N364" s="28"/>
       <c r="O364" s="20"/>
       <c r="P364" s="28"/>
       <c r="Q364" s="20"/>
       <c r="R364" s="28"/>
     </row>
     <row r="365" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <f t="shared" si="23"/>
         <v>363</v>
       </c>
       <c r="B365" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C365" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D365" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC363</v>
       </c>
       <c r="E365" s="24">
         <v>363</v>
       </c>
       <c r="F365" s="26"/>
       <c r="G365" s="25"/>
       <c r="H365" s="20"/>
       <c r="I365" s="30"/>
       <c r="J365" s="27"/>
       <c r="K365" s="22"/>
       <c r="L365" s="23"/>
       <c r="M365" s="19"/>
       <c r="N365" s="28"/>
       <c r="O365" s="20"/>
       <c r="P365" s="28"/>
       <c r="Q365" s="20"/>
       <c r="R365" s="28"/>
     </row>
     <row r="366" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <f t="shared" si="23"/>
         <v>364</v>
       </c>
       <c r="B366" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C366" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D366" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC364</v>
       </c>
       <c r="E366" s="24">
         <v>364</v>
       </c>
       <c r="F366" s="26"/>
       <c r="G366" s="25"/>
       <c r="H366" s="20"/>
       <c r="I366" s="30"/>
       <c r="J366" s="27"/>
       <c r="K366" s="22"/>
       <c r="L366" s="23"/>
       <c r="M366" s="19"/>
       <c r="N366" s="28"/>
       <c r="O366" s="20"/>
       <c r="P366" s="28"/>
       <c r="Q366" s="20"/>
       <c r="R366" s="28"/>
     </row>
     <row r="367" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <f t="shared" si="23"/>
         <v>365</v>
       </c>
       <c r="B367" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C367" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D367" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC365</v>
       </c>
       <c r="E367" s="24">
         <v>365</v>
       </c>
       <c r="F367" s="26"/>
       <c r="G367" s="25"/>
       <c r="H367" s="20"/>
       <c r="I367" s="30"/>
       <c r="J367" s="27"/>
       <c r="K367" s="22"/>
       <c r="L367" s="23"/>
       <c r="M367" s="19"/>
       <c r="N367" s="28"/>
       <c r="O367" s="20"/>
       <c r="P367" s="28"/>
       <c r="Q367" s="20"/>
       <c r="R367" s="28"/>
     </row>
     <row r="368" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <f t="shared" si="23"/>
         <v>366</v>
       </c>
       <c r="B368" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C368" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D368" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC366</v>
       </c>
       <c r="E368" s="24">
         <v>366</v>
       </c>
       <c r="F368" s="26"/>
       <c r="G368" s="25"/>
       <c r="H368" s="20"/>
       <c r="I368" s="30"/>
       <c r="J368" s="27"/>
       <c r="K368" s="22"/>
       <c r="L368" s="23"/>
       <c r="M368" s="19"/>
       <c r="N368" s="28"/>
       <c r="O368" s="20"/>
       <c r="P368" s="28"/>
       <c r="Q368" s="20"/>
       <c r="R368" s="28"/>
     </row>
     <row r="369" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <f t="shared" si="23"/>
         <v>367</v>
       </c>
       <c r="B369" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C369" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D369" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC367</v>
       </c>
       <c r="E369" s="24">
         <v>367</v>
       </c>
       <c r="F369" s="26"/>
       <c r="G369" s="25"/>
       <c r="H369" s="20"/>
       <c r="I369" s="30"/>
       <c r="J369" s="27"/>
       <c r="K369" s="22"/>
       <c r="L369" s="23"/>
       <c r="M369" s="19"/>
       <c r="N369" s="28"/>
       <c r="O369" s="20"/>
       <c r="P369" s="28"/>
       <c r="Q369" s="20"/>
       <c r="R369" s="28"/>
     </row>
     <row r="370" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <f t="shared" si="23"/>
         <v>368</v>
       </c>
       <c r="B370" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C370" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D370" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC368</v>
       </c>
       <c r="E370" s="24">
         <v>368</v>
       </c>
       <c r="F370" s="26"/>
       <c r="G370" s="25"/>
       <c r="H370" s="20"/>
       <c r="I370" s="30"/>
       <c r="J370" s="27"/>
       <c r="K370" s="22"/>
       <c r="L370" s="23"/>
       <c r="M370" s="19"/>
       <c r="N370" s="28"/>
       <c r="O370" s="20"/>
       <c r="P370" s="28"/>
       <c r="Q370" s="20"/>
       <c r="R370" s="28"/>
     </row>
     <row r="371" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <f t="shared" si="23"/>
         <v>369</v>
       </c>
       <c r="B371" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C371" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D371" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC369</v>
       </c>
       <c r="E371" s="24">
         <v>369</v>
       </c>
       <c r="F371" s="26"/>
       <c r="G371" s="25"/>
       <c r="H371" s="20"/>
       <c r="I371" s="30"/>
       <c r="J371" s="27"/>
       <c r="K371" s="22"/>
       <c r="L371" s="23"/>
       <c r="M371" s="19"/>
       <c r="N371" s="28"/>
       <c r="O371" s="20"/>
       <c r="P371" s="28"/>
       <c r="Q371" s="20"/>
       <c r="R371" s="28"/>
     </row>
     <row r="372" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <f t="shared" si="23"/>
         <v>370</v>
       </c>
       <c r="B372" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C372" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D372" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC370</v>
       </c>
       <c r="E372" s="24">
         <v>370</v>
       </c>
       <c r="F372" s="26"/>
       <c r="G372" s="25"/>
       <c r="H372" s="20"/>
       <c r="I372" s="30"/>
       <c r="J372" s="27"/>
       <c r="K372" s="22"/>
       <c r="L372" s="23"/>
       <c r="M372" s="19"/>
       <c r="N372" s="28"/>
       <c r="O372" s="20"/>
       <c r="P372" s="28"/>
       <c r="Q372" s="20"/>
       <c r="R372" s="28"/>
     </row>
     <row r="373" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <f t="shared" si="23"/>
         <v>371</v>
       </c>
       <c r="B373" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C373" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D373" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC371</v>
       </c>
       <c r="E373" s="24">
         <v>371</v>
       </c>
       <c r="F373" s="26"/>
       <c r="G373" s="25"/>
       <c r="H373" s="20"/>
       <c r="I373" s="30"/>
       <c r="J373" s="27"/>
       <c r="K373" s="22"/>
       <c r="L373" s="23"/>
       <c r="M373" s="19"/>
       <c r="N373" s="28"/>
       <c r="O373" s="20"/>
       <c r="P373" s="28"/>
       <c r="Q373" s="20"/>
       <c r="R373" s="28"/>
     </row>
     <row r="374" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <f t="shared" si="23"/>
         <v>372</v>
       </c>
       <c r="B374" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C374" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D374" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC372</v>
       </c>
       <c r="E374" s="24">
         <v>372</v>
       </c>
       <c r="F374" s="26"/>
       <c r="G374" s="25"/>
       <c r="H374" s="20"/>
       <c r="I374" s="30"/>
       <c r="J374" s="27"/>
       <c r="K374" s="22"/>
       <c r="L374" s="23"/>
       <c r="M374" s="19"/>
       <c r="N374" s="28"/>
       <c r="O374" s="20"/>
       <c r="P374" s="28"/>
       <c r="Q374" s="20"/>
       <c r="R374" s="28"/>
     </row>
     <row r="375" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <f t="shared" si="23"/>
         <v>373</v>
       </c>
       <c r="B375" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C375" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D375" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC373</v>
       </c>
       <c r="E375" s="24">
         <v>373</v>
       </c>
       <c r="F375" s="26"/>
       <c r="G375" s="25"/>
       <c r="H375" s="20"/>
       <c r="I375" s="30"/>
       <c r="J375" s="27"/>
       <c r="K375" s="22"/>
       <c r="L375" s="23"/>
       <c r="M375" s="19"/>
       <c r="N375" s="28"/>
       <c r="O375" s="20"/>
       <c r="P375" s="28"/>
       <c r="Q375" s="20"/>
       <c r="R375" s="28"/>
     </row>
     <row r="376" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <f t="shared" si="23"/>
         <v>374</v>
       </c>
       <c r="B376" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C376" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D376" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC374</v>
       </c>
       <c r="E376" s="24">
         <v>374</v>
       </c>
       <c r="F376" s="26"/>
       <c r="G376" s="25"/>
       <c r="H376" s="20"/>
       <c r="I376" s="30"/>
       <c r="J376" s="27"/>
       <c r="K376" s="22"/>
       <c r="L376" s="23"/>
       <c r="M376" s="19"/>
       <c r="N376" s="28"/>
       <c r="O376" s="20"/>
       <c r="P376" s="28"/>
       <c r="Q376" s="20"/>
       <c r="R376" s="28"/>
     </row>
     <row r="377" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <f t="shared" si="23"/>
         <v>375</v>
       </c>
       <c r="B377" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C377" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D377" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC375</v>
       </c>
       <c r="E377" s="24">
         <v>375</v>
       </c>
       <c r="F377" s="26"/>
       <c r="G377" s="25"/>
       <c r="H377" s="20"/>
       <c r="I377" s="30"/>
       <c r="J377" s="27"/>
       <c r="K377" s="22"/>
       <c r="L377" s="23"/>
       <c r="M377" s="19"/>
       <c r="N377" s="28"/>
       <c r="O377" s="20"/>
       <c r="P377" s="28"/>
       <c r="Q377" s="20"/>
       <c r="R377" s="28"/>
     </row>
     <row r="378" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <f t="shared" si="23"/>
         <v>376</v>
       </c>
       <c r="B378" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C378" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D378" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC376</v>
       </c>
       <c r="E378" s="24">
         <v>376</v>
       </c>
       <c r="F378" s="26"/>
       <c r="G378" s="25"/>
       <c r="H378" s="20"/>
       <c r="I378" s="30"/>
       <c r="J378" s="27"/>
       <c r="K378" s="22"/>
       <c r="L378" s="23"/>
       <c r="M378" s="19"/>
       <c r="N378" s="28"/>
       <c r="O378" s="20"/>
       <c r="P378" s="28"/>
       <c r="Q378" s="20"/>
       <c r="R378" s="28"/>
     </row>
     <row r="379" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <f t="shared" si="23"/>
         <v>377</v>
       </c>
       <c r="B379" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C379" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D379" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC377</v>
       </c>
       <c r="E379" s="24">
         <v>377</v>
       </c>
       <c r="F379" s="26"/>
       <c r="G379" s="25"/>
       <c r="H379" s="20"/>
       <c r="I379" s="30"/>
       <c r="J379" s="27"/>
       <c r="K379" s="22"/>
       <c r="L379" s="23"/>
       <c r="M379" s="19"/>
       <c r="N379" s="28"/>
       <c r="O379" s="20"/>
       <c r="P379" s="28"/>
       <c r="Q379" s="20"/>
       <c r="R379" s="28"/>
     </row>
     <row r="380" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <f t="shared" si="23"/>
         <v>378</v>
       </c>
       <c r="B380" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C380" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D380" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC378</v>
       </c>
       <c r="E380" s="24">
         <v>378</v>
       </c>
       <c r="F380" s="26"/>
       <c r="G380" s="25"/>
       <c r="H380" s="20"/>
       <c r="I380" s="30"/>
       <c r="J380" s="27"/>
       <c r="K380" s="22"/>
       <c r="L380" s="23"/>
       <c r="M380" s="19"/>
       <c r="N380" s="28"/>
       <c r="O380" s="20"/>
       <c r="P380" s="28"/>
       <c r="Q380" s="20"/>
       <c r="R380" s="28"/>
     </row>
     <row r="381" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <f t="shared" si="23"/>
         <v>379</v>
       </c>
       <c r="B381" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C381" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D381" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC379</v>
       </c>
       <c r="E381" s="24">
         <v>379</v>
       </c>
       <c r="F381" s="26"/>
       <c r="G381" s="25"/>
       <c r="H381" s="20"/>
       <c r="I381" s="30"/>
       <c r="J381" s="27"/>
       <c r="K381" s="22"/>
       <c r="L381" s="23"/>
       <c r="M381" s="19"/>
       <c r="N381" s="28"/>
       <c r="O381" s="20"/>
       <c r="P381" s="28"/>
       <c r="Q381" s="20"/>
       <c r="R381" s="28"/>
     </row>
     <row r="382" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <f t="shared" si="23"/>
         <v>380</v>
       </c>
       <c r="B382" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C382" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D382" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC380</v>
       </c>
       <c r="E382" s="24">
         <v>380</v>
       </c>
       <c r="F382" s="26"/>
       <c r="G382" s="25"/>
       <c r="H382" s="20"/>
       <c r="I382" s="30"/>
       <c r="J382" s="27"/>
       <c r="K382" s="22"/>
       <c r="L382" s="23"/>
       <c r="M382" s="19"/>
       <c r="N382" s="28"/>
       <c r="O382" s="20"/>
       <c r="P382" s="28"/>
       <c r="Q382" s="20"/>
       <c r="R382" s="28"/>
     </row>
     <row r="383" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <f t="shared" si="23"/>
         <v>381</v>
       </c>
       <c r="B383" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C383" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D383" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC381</v>
       </c>
       <c r="E383" s="24">
         <v>381</v>
       </c>
       <c r="F383" s="26"/>
       <c r="G383" s="25"/>
       <c r="H383" s="20"/>
       <c r="I383" s="30"/>
       <c r="J383" s="27"/>
       <c r="K383" s="22"/>
       <c r="L383" s="23"/>
       <c r="M383" s="19"/>
       <c r="N383" s="28"/>
       <c r="O383" s="20"/>
       <c r="P383" s="28"/>
       <c r="Q383" s="20"/>
       <c r="R383" s="28"/>
     </row>
     <row r="384" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <f t="shared" si="23"/>
         <v>382</v>
       </c>
       <c r="B384" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C384" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D384" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC382</v>
       </c>
       <c r="E384" s="24">
         <v>382</v>
       </c>
       <c r="F384" s="26"/>
       <c r="G384" s="25"/>
       <c r="H384" s="20"/>
       <c r="I384" s="30"/>
       <c r="J384" s="27"/>
       <c r="K384" s="22"/>
       <c r="L384" s="23"/>
       <c r="M384" s="19"/>
       <c r="N384" s="28"/>
       <c r="O384" s="20"/>
       <c r="P384" s="28"/>
       <c r="Q384" s="20"/>
       <c r="R384" s="28"/>
     </row>
     <row r="385" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <f t="shared" si="23"/>
         <v>383</v>
       </c>
       <c r="B385" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C385" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D385" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC383</v>
       </c>
       <c r="E385" s="24">
         <v>383</v>
       </c>
       <c r="F385" s="26"/>
       <c r="G385" s="25"/>
       <c r="H385" s="20"/>
       <c r="I385" s="30"/>
       <c r="J385" s="27"/>
       <c r="K385" s="22"/>
       <c r="L385" s="23"/>
       <c r="M385" s="19"/>
       <c r="N385" s="28"/>
       <c r="O385" s="20"/>
       <c r="P385" s="28"/>
       <c r="Q385" s="20"/>
       <c r="R385" s="28"/>
     </row>
     <row r="386" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <f t="shared" si="23"/>
         <v>384</v>
       </c>
       <c r="B386" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C386" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D386" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC384</v>
       </c>
       <c r="E386" s="24">
         <v>384</v>
       </c>
       <c r="F386" s="26"/>
       <c r="G386" s="25"/>
       <c r="H386" s="20"/>
       <c r="I386" s="30"/>
       <c r="J386" s="27"/>
       <c r="K386" s="22"/>
       <c r="L386" s="23"/>
       <c r="M386" s="19"/>
       <c r="N386" s="28"/>
       <c r="O386" s="20"/>
       <c r="P386" s="28"/>
       <c r="Q386" s="20"/>
       <c r="R386" s="28"/>
     </row>
     <row r="387" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <f t="shared" si="23"/>
         <v>385</v>
       </c>
       <c r="B387" s="3" t="str">
         <f t="shared" si="20"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C387" s="3" t="str">
         <f t="shared" si="21"/>
         <v>ABC</v>
       </c>
       <c r="D387" s="3" t="str">
         <f t="shared" si="22"/>
         <v>ABC385</v>
       </c>
       <c r="E387" s="24">
         <v>385</v>
       </c>
       <c r="F387" s="26"/>
       <c r="G387" s="25"/>
       <c r="H387" s="20"/>
       <c r="I387" s="30"/>
       <c r="J387" s="27"/>
       <c r="K387" s="22"/>
       <c r="L387" s="23"/>
       <c r="M387" s="19"/>
       <c r="N387" s="28"/>
       <c r="O387" s="20"/>
       <c r="P387" s="28"/>
       <c r="Q387" s="20"/>
       <c r="R387" s="28"/>
     </row>
     <row r="388" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <f t="shared" si="23"/>
         <v>386</v>
       </c>
       <c r="B388" s="3" t="str">
         <f t="shared" ref="B388:B451" si="24">$B$2</f>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C388" s="3" t="str">
         <f t="shared" ref="C388:C451" si="25">$C$2</f>
         <v>ABC</v>
       </c>
       <c r="D388" s="3" t="str">
         <f t="shared" ref="D388:D451" si="26">CONCATENATE(C388,E388)</f>
         <v>ABC386</v>
       </c>
       <c r="E388" s="24">
         <v>386</v>
       </c>
       <c r="F388" s="26"/>
       <c r="G388" s="25"/>
       <c r="H388" s="20"/>
       <c r="I388" s="30"/>
       <c r="J388" s="27"/>
       <c r="K388" s="22"/>
       <c r="L388" s="23"/>
       <c r="M388" s="19"/>
       <c r="N388" s="28"/>
       <c r="O388" s="20"/>
       <c r="P388" s="28"/>
       <c r="Q388" s="20"/>
       <c r="R388" s="28"/>
     </row>
     <row r="389" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <f t="shared" si="23"/>
         <v>387</v>
       </c>
       <c r="B389" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C389" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D389" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC387</v>
       </c>
       <c r="E389" s="24">
         <v>387</v>
       </c>
       <c r="F389" s="26"/>
       <c r="G389" s="25"/>
       <c r="H389" s="20"/>
       <c r="I389" s="30"/>
       <c r="J389" s="27"/>
       <c r="K389" s="22"/>
       <c r="L389" s="23"/>
       <c r="M389" s="19"/>
       <c r="N389" s="28"/>
       <c r="O389" s="20"/>
       <c r="P389" s="28"/>
       <c r="Q389" s="20"/>
       <c r="R389" s="28"/>
     </row>
     <row r="390" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <f t="shared" si="23"/>
         <v>388</v>
       </c>
       <c r="B390" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C390" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D390" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC388</v>
       </c>
       <c r="E390" s="24">
         <v>388</v>
       </c>
       <c r="F390" s="26"/>
       <c r="G390" s="25"/>
       <c r="H390" s="20"/>
       <c r="I390" s="30"/>
       <c r="J390" s="27"/>
       <c r="K390" s="22"/>
       <c r="L390" s="23"/>
       <c r="M390" s="19"/>
       <c r="N390" s="28"/>
       <c r="O390" s="20"/>
       <c r="P390" s="28"/>
       <c r="Q390" s="20"/>
       <c r="R390" s="28"/>
     </row>
     <row r="391" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <f t="shared" si="23"/>
         <v>389</v>
       </c>
       <c r="B391" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C391" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D391" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC389</v>
       </c>
       <c r="E391" s="24">
         <v>389</v>
       </c>
       <c r="F391" s="26"/>
       <c r="G391" s="25"/>
       <c r="H391" s="20"/>
       <c r="I391" s="30"/>
       <c r="J391" s="27"/>
       <c r="K391" s="22"/>
       <c r="L391" s="23"/>
       <c r="M391" s="19"/>
       <c r="N391" s="28"/>
       <c r="O391" s="20"/>
       <c r="P391" s="28"/>
       <c r="Q391" s="20"/>
       <c r="R391" s="28"/>
     </row>
     <row r="392" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <f t="shared" si="23"/>
         <v>390</v>
       </c>
       <c r="B392" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C392" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D392" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC390</v>
       </c>
       <c r="E392" s="24">
         <v>390</v>
       </c>
       <c r="F392" s="26"/>
       <c r="G392" s="25"/>
       <c r="H392" s="20"/>
       <c r="I392" s="30"/>
       <c r="J392" s="27"/>
       <c r="K392" s="22"/>
       <c r="L392" s="23"/>
       <c r="M392" s="19"/>
       <c r="N392" s="28"/>
       <c r="O392" s="20"/>
       <c r="P392" s="28"/>
       <c r="Q392" s="20"/>
       <c r="R392" s="28"/>
     </row>
     <row r="393" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <f t="shared" si="23"/>
         <v>391</v>
       </c>
       <c r="B393" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C393" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D393" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC391</v>
       </c>
       <c r="E393" s="24">
         <v>391</v>
       </c>
       <c r="F393" s="26"/>
       <c r="G393" s="25"/>
       <c r="H393" s="20"/>
       <c r="I393" s="30"/>
       <c r="J393" s="27"/>
       <c r="K393" s="22"/>
       <c r="L393" s="23"/>
       <c r="M393" s="19"/>
       <c r="N393" s="28"/>
       <c r="O393" s="20"/>
       <c r="P393" s="28"/>
       <c r="Q393" s="20"/>
       <c r="R393" s="28"/>
     </row>
     <row r="394" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <f t="shared" si="23"/>
         <v>392</v>
       </c>
       <c r="B394" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C394" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D394" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC392</v>
       </c>
       <c r="E394" s="24">
         <v>392</v>
       </c>
       <c r="F394" s="26"/>
       <c r="G394" s="25"/>
       <c r="H394" s="20"/>
       <c r="I394" s="30"/>
       <c r="J394" s="27"/>
       <c r="K394" s="22"/>
       <c r="L394" s="23"/>
       <c r="M394" s="19"/>
       <c r="N394" s="28"/>
       <c r="O394" s="20"/>
       <c r="P394" s="28"/>
       <c r="Q394" s="20"/>
       <c r="R394" s="28"/>
     </row>
     <row r="395" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <f t="shared" si="23"/>
         <v>393</v>
       </c>
       <c r="B395" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C395" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D395" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC393</v>
       </c>
       <c r="E395" s="24">
         <v>393</v>
       </c>
       <c r="F395" s="26"/>
       <c r="G395" s="25"/>
       <c r="H395" s="20"/>
       <c r="I395" s="30"/>
       <c r="J395" s="27"/>
       <c r="K395" s="22"/>
       <c r="L395" s="23"/>
       <c r="M395" s="19"/>
       <c r="N395" s="28"/>
       <c r="O395" s="20"/>
       <c r="P395" s="28"/>
       <c r="Q395" s="20"/>
       <c r="R395" s="28"/>
     </row>
     <row r="396" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <f t="shared" si="23"/>
         <v>394</v>
       </c>
       <c r="B396" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C396" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D396" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC394</v>
       </c>
       <c r="E396" s="24">
         <v>394</v>
       </c>
       <c r="F396" s="26"/>
       <c r="G396" s="25"/>
       <c r="H396" s="20"/>
       <c r="I396" s="30"/>
       <c r="J396" s="27"/>
       <c r="K396" s="22"/>
       <c r="L396" s="23"/>
       <c r="M396" s="19"/>
       <c r="N396" s="28"/>
       <c r="O396" s="20"/>
       <c r="P396" s="28"/>
       <c r="Q396" s="20"/>
       <c r="R396" s="28"/>
     </row>
     <row r="397" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <f t="shared" si="23"/>
         <v>395</v>
       </c>
       <c r="B397" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C397" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D397" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC395</v>
       </c>
       <c r="E397" s="24">
         <v>395</v>
       </c>
       <c r="F397" s="26"/>
       <c r="G397" s="25"/>
       <c r="H397" s="20"/>
       <c r="I397" s="30"/>
       <c r="J397" s="27"/>
       <c r="K397" s="22"/>
       <c r="L397" s="23"/>
       <c r="M397" s="19"/>
       <c r="N397" s="28"/>
       <c r="O397" s="20"/>
       <c r="P397" s="28"/>
       <c r="Q397" s="20"/>
       <c r="R397" s="28"/>
     </row>
     <row r="398" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <f t="shared" si="23"/>
         <v>396</v>
       </c>
       <c r="B398" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C398" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D398" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC396</v>
       </c>
       <c r="E398" s="24">
         <v>396</v>
       </c>
       <c r="F398" s="26"/>
       <c r="G398" s="25"/>
       <c r="H398" s="20"/>
       <c r="I398" s="30"/>
       <c r="J398" s="27"/>
       <c r="K398" s="22"/>
       <c r="L398" s="23"/>
       <c r="M398" s="19"/>
       <c r="N398" s="28"/>
       <c r="O398" s="20"/>
       <c r="P398" s="28"/>
       <c r="Q398" s="20"/>
       <c r="R398" s="28"/>
     </row>
     <row r="399" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <f t="shared" si="23"/>
         <v>397</v>
       </c>
       <c r="B399" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C399" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D399" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC397</v>
       </c>
       <c r="E399" s="24">
         <v>397</v>
       </c>
       <c r="F399" s="26"/>
       <c r="G399" s="25"/>
       <c r="H399" s="20"/>
       <c r="I399" s="30"/>
       <c r="J399" s="27"/>
       <c r="K399" s="22"/>
       <c r="L399" s="23"/>
       <c r="M399" s="19"/>
       <c r="N399" s="28"/>
       <c r="O399" s="20"/>
       <c r="P399" s="28"/>
       <c r="Q399" s="20"/>
       <c r="R399" s="28"/>
     </row>
     <row r="400" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <f t="shared" si="23"/>
         <v>398</v>
       </c>
       <c r="B400" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C400" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D400" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC398</v>
       </c>
       <c r="E400" s="24">
         <v>398</v>
       </c>
       <c r="F400" s="26"/>
       <c r="G400" s="25"/>
       <c r="H400" s="20"/>
       <c r="I400" s="30"/>
       <c r="J400" s="27"/>
       <c r="K400" s="22"/>
       <c r="L400" s="23"/>
       <c r="M400" s="19"/>
       <c r="N400" s="28"/>
       <c r="O400" s="20"/>
       <c r="P400" s="28"/>
       <c r="Q400" s="20"/>
       <c r="R400" s="28"/>
     </row>
     <row r="401" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <f t="shared" si="23"/>
         <v>399</v>
       </c>
       <c r="B401" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C401" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D401" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC399</v>
       </c>
       <c r="E401" s="24">
         <v>399</v>
       </c>
       <c r="F401" s="26"/>
       <c r="G401" s="25"/>
       <c r="H401" s="20"/>
       <c r="I401" s="30"/>
       <c r="J401" s="27"/>
       <c r="K401" s="22"/>
       <c r="L401" s="23"/>
       <c r="M401" s="19"/>
       <c r="N401" s="28"/>
       <c r="O401" s="20"/>
       <c r="P401" s="28"/>
       <c r="Q401" s="20"/>
       <c r="R401" s="28"/>
     </row>
     <row r="402" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <f t="shared" si="23"/>
         <v>400</v>
       </c>
       <c r="B402" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C402" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D402" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC400</v>
       </c>
       <c r="E402" s="24">
         <v>400</v>
       </c>
       <c r="F402" s="26"/>
       <c r="G402" s="25"/>
       <c r="H402" s="20"/>
       <c r="I402" s="30"/>
       <c r="J402" s="27"/>
       <c r="K402" s="22"/>
       <c r="L402" s="23"/>
       <c r="M402" s="19"/>
       <c r="N402" s="28"/>
       <c r="O402" s="20"/>
       <c r="P402" s="28"/>
       <c r="Q402" s="20"/>
       <c r="R402" s="28"/>
     </row>
     <row r="403" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <f t="shared" si="23"/>
         <v>401</v>
       </c>
       <c r="B403" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C403" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D403" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC401</v>
       </c>
       <c r="E403" s="24">
         <v>401</v>
       </c>
       <c r="F403" s="26"/>
       <c r="G403" s="25"/>
       <c r="H403" s="20"/>
       <c r="I403" s="30"/>
       <c r="J403" s="27"/>
       <c r="K403" s="22"/>
       <c r="L403" s="23"/>
       <c r="M403" s="19"/>
       <c r="N403" s="28"/>
       <c r="O403" s="20"/>
       <c r="P403" s="28"/>
       <c r="Q403" s="20"/>
       <c r="R403" s="28"/>
     </row>
     <row r="404" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <f t="shared" si="23"/>
         <v>402</v>
       </c>
       <c r="B404" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C404" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D404" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC402</v>
       </c>
       <c r="E404" s="24">
         <v>402</v>
       </c>
       <c r="F404" s="26"/>
       <c r="G404" s="25"/>
       <c r="H404" s="20"/>
       <c r="I404" s="30"/>
       <c r="J404" s="27"/>
       <c r="K404" s="22"/>
       <c r="L404" s="23"/>
       <c r="M404" s="19"/>
       <c r="N404" s="28"/>
       <c r="O404" s="20"/>
       <c r="P404" s="28"/>
       <c r="Q404" s="20"/>
       <c r="R404" s="28"/>
     </row>
     <row r="405" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <f t="shared" si="23"/>
         <v>403</v>
       </c>
       <c r="B405" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C405" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D405" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC403</v>
       </c>
       <c r="E405" s="24">
         <v>403</v>
       </c>
       <c r="F405" s="26"/>
       <c r="G405" s="25"/>
       <c r="H405" s="20"/>
       <c r="I405" s="30"/>
       <c r="J405" s="27"/>
       <c r="K405" s="22"/>
       <c r="L405" s="23"/>
       <c r="M405" s="19"/>
       <c r="N405" s="28"/>
       <c r="O405" s="20"/>
       <c r="P405" s="28"/>
       <c r="Q405" s="20"/>
       <c r="R405" s="28"/>
     </row>
     <row r="406" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <f t="shared" si="23"/>
         <v>404</v>
       </c>
       <c r="B406" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C406" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D406" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC404</v>
       </c>
       <c r="E406" s="24">
         <v>404</v>
       </c>
       <c r="F406" s="26"/>
       <c r="G406" s="25"/>
       <c r="H406" s="20"/>
       <c r="I406" s="30"/>
       <c r="J406" s="27"/>
       <c r="K406" s="22"/>
       <c r="L406" s="23"/>
       <c r="M406" s="19"/>
       <c r="N406" s="28"/>
       <c r="O406" s="20"/>
       <c r="P406" s="28"/>
       <c r="Q406" s="20"/>
       <c r="R406" s="28"/>
     </row>
     <row r="407" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <f t="shared" si="23"/>
         <v>405</v>
       </c>
       <c r="B407" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C407" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D407" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC405</v>
       </c>
       <c r="E407" s="24">
         <v>405</v>
       </c>
       <c r="F407" s="26"/>
       <c r="G407" s="25"/>
       <c r="H407" s="20"/>
       <c r="I407" s="30"/>
       <c r="J407" s="27"/>
       <c r="K407" s="22"/>
       <c r="L407" s="23"/>
       <c r="M407" s="19"/>
       <c r="N407" s="28"/>
       <c r="O407" s="20"/>
       <c r="P407" s="28"/>
       <c r="Q407" s="20"/>
       <c r="R407" s="28"/>
     </row>
     <row r="408" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <f t="shared" si="23"/>
         <v>406</v>
       </c>
       <c r="B408" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C408" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D408" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC406</v>
       </c>
       <c r="E408" s="24">
         <v>406</v>
       </c>
       <c r="F408" s="26"/>
       <c r="G408" s="25"/>
       <c r="H408" s="20"/>
       <c r="I408" s="30"/>
       <c r="J408" s="27"/>
       <c r="K408" s="22"/>
       <c r="L408" s="23"/>
       <c r="M408" s="19"/>
       <c r="N408" s="28"/>
       <c r="O408" s="20"/>
       <c r="P408" s="28"/>
       <c r="Q408" s="20"/>
       <c r="R408" s="28"/>
     </row>
     <row r="409" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <f t="shared" si="23"/>
         <v>407</v>
       </c>
       <c r="B409" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C409" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D409" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC407</v>
       </c>
       <c r="E409" s="24">
         <v>407</v>
       </c>
       <c r="F409" s="26"/>
       <c r="G409" s="25"/>
       <c r="H409" s="20"/>
       <c r="I409" s="30"/>
       <c r="J409" s="27"/>
       <c r="K409" s="22"/>
       <c r="L409" s="23"/>
       <c r="M409" s="19"/>
       <c r="N409" s="28"/>
       <c r="O409" s="20"/>
       <c r="P409" s="28"/>
       <c r="Q409" s="20"/>
       <c r="R409" s="28"/>
     </row>
     <row r="410" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <f t="shared" si="23"/>
         <v>408</v>
       </c>
       <c r="B410" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C410" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D410" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC408</v>
       </c>
       <c r="E410" s="24">
         <v>408</v>
       </c>
       <c r="F410" s="26"/>
       <c r="G410" s="25"/>
       <c r="H410" s="20"/>
       <c r="I410" s="30"/>
       <c r="J410" s="27"/>
       <c r="K410" s="22"/>
       <c r="L410" s="23"/>
       <c r="M410" s="19"/>
       <c r="N410" s="28"/>
       <c r="O410" s="20"/>
       <c r="P410" s="28"/>
       <c r="Q410" s="20"/>
       <c r="R410" s="28"/>
     </row>
     <row r="411" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <f t="shared" si="23"/>
         <v>409</v>
       </c>
       <c r="B411" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C411" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D411" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC409</v>
       </c>
       <c r="E411" s="24">
         <v>409</v>
       </c>
       <c r="F411" s="26"/>
       <c r="G411" s="25"/>
       <c r="H411" s="20"/>
       <c r="I411" s="30"/>
       <c r="J411" s="27"/>
       <c r="K411" s="22"/>
       <c r="L411" s="23"/>
       <c r="M411" s="19"/>
       <c r="N411" s="28"/>
       <c r="O411" s="20"/>
       <c r="P411" s="28"/>
       <c r="Q411" s="20"/>
       <c r="R411" s="28"/>
     </row>
     <row r="412" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <f t="shared" si="23"/>
         <v>410</v>
       </c>
       <c r="B412" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C412" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D412" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC410</v>
       </c>
       <c r="E412" s="24">
         <v>410</v>
       </c>
       <c r="F412" s="26"/>
       <c r="G412" s="25"/>
       <c r="H412" s="20"/>
       <c r="I412" s="30"/>
       <c r="J412" s="27"/>
       <c r="K412" s="22"/>
       <c r="L412" s="23"/>
       <c r="M412" s="19"/>
       <c r="N412" s="28"/>
       <c r="O412" s="20"/>
       <c r="P412" s="28"/>
       <c r="Q412" s="20"/>
       <c r="R412" s="28"/>
     </row>
     <row r="413" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <f t="shared" si="23"/>
         <v>411</v>
       </c>
       <c r="B413" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C413" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D413" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC411</v>
       </c>
       <c r="E413" s="24">
         <v>411</v>
       </c>
       <c r="F413" s="26"/>
       <c r="G413" s="25"/>
       <c r="H413" s="20"/>
       <c r="I413" s="30"/>
       <c r="J413" s="27"/>
       <c r="K413" s="22"/>
       <c r="L413" s="23"/>
       <c r="M413" s="19"/>
       <c r="N413" s="28"/>
       <c r="O413" s="20"/>
       <c r="P413" s="28"/>
       <c r="Q413" s="20"/>
       <c r="R413" s="28"/>
     </row>
     <row r="414" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <f t="shared" si="23"/>
         <v>412</v>
       </c>
       <c r="B414" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C414" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D414" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC412</v>
       </c>
       <c r="E414" s="24">
         <v>412</v>
       </c>
       <c r="F414" s="26"/>
       <c r="G414" s="25"/>
       <c r="H414" s="20"/>
       <c r="I414" s="30"/>
       <c r="J414" s="27"/>
       <c r="K414" s="22"/>
       <c r="L414" s="23"/>
       <c r="M414" s="19"/>
       <c r="N414" s="28"/>
       <c r="O414" s="20"/>
       <c r="P414" s="28"/>
       <c r="Q414" s="20"/>
       <c r="R414" s="28"/>
     </row>
     <row r="415" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <f t="shared" si="23"/>
         <v>413</v>
       </c>
       <c r="B415" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C415" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D415" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC413</v>
       </c>
       <c r="E415" s="24">
         <v>413</v>
       </c>
       <c r="F415" s="26"/>
       <c r="G415" s="25"/>
       <c r="H415" s="20"/>
       <c r="I415" s="30"/>
       <c r="J415" s="27"/>
       <c r="K415" s="22"/>
       <c r="L415" s="23"/>
       <c r="M415" s="19"/>
       <c r="N415" s="28"/>
       <c r="O415" s="20"/>
       <c r="P415" s="28"/>
       <c r="Q415" s="20"/>
       <c r="R415" s="28"/>
     </row>
     <row r="416" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <f t="shared" si="23"/>
         <v>414</v>
       </c>
       <c r="B416" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C416" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D416" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC414</v>
       </c>
       <c r="E416" s="24">
         <v>414</v>
       </c>
       <c r="F416" s="26"/>
       <c r="G416" s="25"/>
       <c r="H416" s="20"/>
       <c r="I416" s="30"/>
       <c r="J416" s="27"/>
       <c r="K416" s="22"/>
       <c r="L416" s="23"/>
       <c r="M416" s="19"/>
       <c r="N416" s="28"/>
       <c r="O416" s="20"/>
       <c r="P416" s="28"/>
       <c r="Q416" s="20"/>
       <c r="R416" s="28"/>
     </row>
     <row r="417" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <f t="shared" si="23"/>
         <v>415</v>
       </c>
       <c r="B417" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C417" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D417" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC415</v>
       </c>
       <c r="E417" s="24">
         <v>415</v>
       </c>
       <c r="F417" s="26"/>
       <c r="G417" s="25"/>
       <c r="H417" s="20"/>
       <c r="I417" s="30"/>
       <c r="J417" s="27"/>
       <c r="K417" s="22"/>
       <c r="L417" s="23"/>
       <c r="M417" s="19"/>
       <c r="N417" s="28"/>
       <c r="O417" s="20"/>
       <c r="P417" s="28"/>
       <c r="Q417" s="20"/>
       <c r="R417" s="28"/>
     </row>
     <row r="418" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <f t="shared" ref="A418:A481" si="27">A417+1</f>
         <v>416</v>
       </c>
       <c r="B418" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C418" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D418" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC416</v>
       </c>
       <c r="E418" s="24">
         <v>416</v>
       </c>
       <c r="F418" s="26"/>
       <c r="G418" s="25"/>
       <c r="H418" s="20"/>
       <c r="I418" s="30"/>
       <c r="J418" s="27"/>
       <c r="K418" s="22"/>
       <c r="L418" s="23"/>
       <c r="M418" s="19"/>
       <c r="N418" s="28"/>
       <c r="O418" s="20"/>
       <c r="P418" s="28"/>
       <c r="Q418" s="20"/>
       <c r="R418" s="28"/>
     </row>
     <row r="419" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <f t="shared" si="27"/>
         <v>417</v>
       </c>
       <c r="B419" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C419" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D419" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC417</v>
       </c>
       <c r="E419" s="24">
         <v>417</v>
       </c>
       <c r="F419" s="26"/>
       <c r="G419" s="25"/>
       <c r="H419" s="20"/>
       <c r="I419" s="30"/>
       <c r="J419" s="27"/>
       <c r="K419" s="22"/>
       <c r="L419" s="23"/>
       <c r="M419" s="19"/>
       <c r="N419" s="28"/>
       <c r="O419" s="20"/>
       <c r="P419" s="28"/>
       <c r="Q419" s="20"/>
       <c r="R419" s="28"/>
     </row>
     <row r="420" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <f t="shared" si="27"/>
         <v>418</v>
       </c>
       <c r="B420" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C420" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D420" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC418</v>
       </c>
       <c r="E420" s="24">
         <v>418</v>
       </c>
       <c r="F420" s="26"/>
       <c r="G420" s="25"/>
       <c r="H420" s="20"/>
       <c r="I420" s="30"/>
       <c r="J420" s="27"/>
       <c r="K420" s="22"/>
       <c r="L420" s="23"/>
       <c r="M420" s="19"/>
       <c r="N420" s="28"/>
       <c r="O420" s="20"/>
       <c r="P420" s="28"/>
       <c r="Q420" s="20"/>
       <c r="R420" s="28"/>
     </row>
     <row r="421" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <f t="shared" si="27"/>
         <v>419</v>
       </c>
       <c r="B421" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C421" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D421" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC419</v>
       </c>
       <c r="E421" s="24">
         <v>419</v>
       </c>
       <c r="F421" s="26"/>
       <c r="G421" s="25"/>
       <c r="H421" s="20"/>
       <c r="I421" s="30"/>
       <c r="J421" s="27"/>
       <c r="K421" s="22"/>
       <c r="L421" s="23"/>
       <c r="M421" s="19"/>
       <c r="N421" s="28"/>
       <c r="O421" s="20"/>
       <c r="P421" s="28"/>
       <c r="Q421" s="20"/>
       <c r="R421" s="28"/>
     </row>
     <row r="422" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <f t="shared" si="27"/>
         <v>420</v>
       </c>
       <c r="B422" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C422" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D422" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC420</v>
       </c>
       <c r="E422" s="24">
         <v>420</v>
       </c>
       <c r="F422" s="26"/>
       <c r="G422" s="25"/>
       <c r="H422" s="20"/>
       <c r="I422" s="30"/>
       <c r="J422" s="27"/>
       <c r="K422" s="22"/>
       <c r="L422" s="23"/>
       <c r="M422" s="19"/>
       <c r="N422" s="28"/>
       <c r="O422" s="20"/>
       <c r="P422" s="28"/>
       <c r="Q422" s="20"/>
       <c r="R422" s="28"/>
     </row>
     <row r="423" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <f t="shared" si="27"/>
         <v>421</v>
       </c>
       <c r="B423" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C423" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D423" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC421</v>
       </c>
       <c r="E423" s="24">
         <v>421</v>
       </c>
       <c r="F423" s="26"/>
       <c r="G423" s="25"/>
       <c r="H423" s="20"/>
       <c r="I423" s="30"/>
       <c r="J423" s="27"/>
       <c r="K423" s="22"/>
       <c r="L423" s="23"/>
       <c r="M423" s="19"/>
       <c r="N423" s="28"/>
       <c r="O423" s="20"/>
       <c r="P423" s="28"/>
       <c r="Q423" s="20"/>
       <c r="R423" s="28"/>
     </row>
     <row r="424" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <f t="shared" si="27"/>
         <v>422</v>
       </c>
       <c r="B424" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C424" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D424" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC422</v>
       </c>
       <c r="E424" s="24">
         <v>422</v>
       </c>
       <c r="F424" s="26"/>
       <c r="G424" s="25"/>
       <c r="H424" s="20"/>
       <c r="I424" s="30"/>
       <c r="J424" s="27"/>
       <c r="K424" s="22"/>
       <c r="L424" s="23"/>
       <c r="M424" s="19"/>
       <c r="N424" s="28"/>
       <c r="O424" s="20"/>
       <c r="P424" s="28"/>
       <c r="Q424" s="20"/>
       <c r="R424" s="28"/>
     </row>
     <row r="425" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <f t="shared" si="27"/>
         <v>423</v>
       </c>
       <c r="B425" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C425" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D425" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC423</v>
       </c>
       <c r="E425" s="24">
         <v>423</v>
       </c>
       <c r="F425" s="26"/>
       <c r="G425" s="25"/>
       <c r="H425" s="20"/>
       <c r="I425" s="30"/>
       <c r="J425" s="27"/>
       <c r="K425" s="22"/>
       <c r="L425" s="23"/>
       <c r="M425" s="19"/>
       <c r="N425" s="28"/>
       <c r="O425" s="20"/>
       <c r="P425" s="28"/>
       <c r="Q425" s="20"/>
       <c r="R425" s="28"/>
     </row>
     <row r="426" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <f t="shared" si="27"/>
         <v>424</v>
       </c>
       <c r="B426" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C426" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D426" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC424</v>
       </c>
       <c r="E426" s="24">
         <v>424</v>
       </c>
       <c r="F426" s="26"/>
       <c r="G426" s="25"/>
       <c r="H426" s="20"/>
       <c r="I426" s="30"/>
       <c r="J426" s="27"/>
       <c r="K426" s="22"/>
       <c r="L426" s="23"/>
       <c r="M426" s="19"/>
       <c r="N426" s="28"/>
       <c r="O426" s="20"/>
       <c r="P426" s="28"/>
       <c r="Q426" s="20"/>
       <c r="R426" s="28"/>
     </row>
     <row r="427" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <f t="shared" si="27"/>
         <v>425</v>
       </c>
       <c r="B427" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C427" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D427" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC425</v>
       </c>
       <c r="E427" s="24">
         <v>425</v>
       </c>
       <c r="F427" s="26"/>
       <c r="G427" s="25"/>
       <c r="H427" s="20"/>
       <c r="I427" s="30"/>
       <c r="J427" s="27"/>
       <c r="K427" s="22"/>
       <c r="L427" s="23"/>
       <c r="M427" s="19"/>
       <c r="N427" s="28"/>
       <c r="O427" s="20"/>
       <c r="P427" s="28"/>
       <c r="Q427" s="20"/>
       <c r="R427" s="28"/>
     </row>
     <row r="428" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <f t="shared" si="27"/>
         <v>426</v>
       </c>
       <c r="B428" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C428" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D428" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC426</v>
       </c>
       <c r="E428" s="24">
         <v>426</v>
       </c>
       <c r="F428" s="26"/>
       <c r="G428" s="25"/>
       <c r="H428" s="20"/>
       <c r="I428" s="30"/>
       <c r="J428" s="27"/>
       <c r="K428" s="22"/>
       <c r="L428" s="23"/>
       <c r="M428" s="19"/>
       <c r="N428" s="28"/>
       <c r="O428" s="20"/>
       <c r="P428" s="28"/>
       <c r="Q428" s="20"/>
       <c r="R428" s="28"/>
     </row>
     <row r="429" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <f t="shared" si="27"/>
         <v>427</v>
       </c>
       <c r="B429" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C429" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D429" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC427</v>
       </c>
       <c r="E429" s="24">
         <v>427</v>
       </c>
       <c r="F429" s="26"/>
       <c r="G429" s="25"/>
       <c r="H429" s="20"/>
       <c r="I429" s="30"/>
       <c r="J429" s="27"/>
       <c r="K429" s="22"/>
       <c r="L429" s="23"/>
       <c r="M429" s="19"/>
       <c r="N429" s="28"/>
       <c r="O429" s="20"/>
       <c r="P429" s="28"/>
       <c r="Q429" s="20"/>
       <c r="R429" s="28"/>
     </row>
     <row r="430" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <f t="shared" si="27"/>
         <v>428</v>
       </c>
       <c r="B430" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C430" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D430" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC428</v>
       </c>
       <c r="E430" s="24">
         <v>428</v>
       </c>
       <c r="F430" s="26"/>
       <c r="G430" s="25"/>
       <c r="H430" s="20"/>
       <c r="I430" s="30"/>
       <c r="J430" s="27"/>
       <c r="K430" s="22"/>
       <c r="L430" s="23"/>
       <c r="M430" s="19"/>
       <c r="N430" s="28"/>
       <c r="O430" s="20"/>
       <c r="P430" s="28"/>
       <c r="Q430" s="20"/>
       <c r="R430" s="28"/>
     </row>
     <row r="431" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <f t="shared" si="27"/>
         <v>429</v>
       </c>
       <c r="B431" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C431" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D431" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC429</v>
       </c>
       <c r="E431" s="24">
         <v>429</v>
       </c>
       <c r="F431" s="26"/>
       <c r="G431" s="25"/>
       <c r="H431" s="20"/>
       <c r="I431" s="30"/>
       <c r="J431" s="27"/>
       <c r="K431" s="22"/>
       <c r="L431" s="23"/>
       <c r="M431" s="19"/>
       <c r="N431" s="28"/>
       <c r="O431" s="20"/>
       <c r="P431" s="28"/>
       <c r="Q431" s="20"/>
       <c r="R431" s="28"/>
     </row>
     <row r="432" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <f t="shared" si="27"/>
         <v>430</v>
       </c>
       <c r="B432" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C432" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D432" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC430</v>
       </c>
       <c r="E432" s="24">
         <v>430</v>
       </c>
       <c r="F432" s="26"/>
       <c r="G432" s="25"/>
       <c r="H432" s="20"/>
       <c r="I432" s="30"/>
       <c r="J432" s="27"/>
       <c r="K432" s="22"/>
       <c r="L432" s="23"/>
       <c r="M432" s="19"/>
       <c r="N432" s="28"/>
       <c r="O432" s="20"/>
       <c r="P432" s="28"/>
       <c r="Q432" s="20"/>
       <c r="R432" s="28"/>
     </row>
     <row r="433" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <f t="shared" si="27"/>
         <v>431</v>
       </c>
       <c r="B433" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C433" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D433" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC431</v>
       </c>
       <c r="E433" s="24">
         <v>431</v>
       </c>
       <c r="F433" s="26"/>
       <c r="G433" s="25"/>
       <c r="H433" s="20"/>
       <c r="I433" s="30"/>
       <c r="J433" s="27"/>
       <c r="K433" s="22"/>
       <c r="L433" s="23"/>
       <c r="M433" s="19"/>
       <c r="N433" s="28"/>
       <c r="O433" s="20"/>
       <c r="P433" s="28"/>
       <c r="Q433" s="20"/>
       <c r="R433" s="28"/>
     </row>
     <row r="434" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <f t="shared" si="27"/>
         <v>432</v>
       </c>
       <c r="B434" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C434" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D434" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC432</v>
       </c>
       <c r="E434" s="24">
         <v>432</v>
       </c>
       <c r="F434" s="26"/>
       <c r="G434" s="25"/>
       <c r="H434" s="20"/>
       <c r="I434" s="30"/>
       <c r="J434" s="27"/>
       <c r="K434" s="22"/>
       <c r="L434" s="23"/>
       <c r="M434" s="19"/>
       <c r="N434" s="28"/>
       <c r="O434" s="20"/>
       <c r="P434" s="28"/>
       <c r="Q434" s="20"/>
       <c r="R434" s="28"/>
     </row>
     <row r="435" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <f t="shared" si="27"/>
         <v>433</v>
       </c>
       <c r="B435" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C435" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D435" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC433</v>
       </c>
       <c r="E435" s="24">
         <v>433</v>
       </c>
       <c r="F435" s="26"/>
       <c r="G435" s="25"/>
       <c r="H435" s="20"/>
       <c r="I435" s="30"/>
       <c r="J435" s="27"/>
       <c r="K435" s="22"/>
       <c r="L435" s="23"/>
       <c r="M435" s="19"/>
       <c r="N435" s="28"/>
       <c r="O435" s="20"/>
       <c r="P435" s="28"/>
       <c r="Q435" s="20"/>
       <c r="R435" s="28"/>
     </row>
     <row r="436" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <f t="shared" si="27"/>
         <v>434</v>
       </c>
       <c r="B436" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C436" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D436" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC434</v>
       </c>
       <c r="E436" s="24">
         <v>434</v>
       </c>
       <c r="F436" s="26"/>
       <c r="G436" s="25"/>
       <c r="H436" s="20"/>
       <c r="I436" s="30"/>
       <c r="J436" s="27"/>
       <c r="K436" s="22"/>
       <c r="L436" s="23"/>
       <c r="M436" s="19"/>
       <c r="N436" s="28"/>
       <c r="O436" s="20"/>
       <c r="P436" s="28"/>
       <c r="Q436" s="20"/>
       <c r="R436" s="28"/>
     </row>
     <row r="437" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <f t="shared" si="27"/>
         <v>435</v>
       </c>
       <c r="B437" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C437" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D437" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC435</v>
       </c>
       <c r="E437" s="24">
         <v>435</v>
       </c>
       <c r="F437" s="26"/>
       <c r="G437" s="25"/>
       <c r="H437" s="20"/>
       <c r="I437" s="30"/>
       <c r="J437" s="27"/>
       <c r="K437" s="22"/>
       <c r="L437" s="23"/>
       <c r="M437" s="19"/>
       <c r="N437" s="28"/>
       <c r="O437" s="20"/>
       <c r="P437" s="28"/>
       <c r="Q437" s="20"/>
       <c r="R437" s="28"/>
     </row>
     <row r="438" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A438" s="3">
         <f t="shared" si="27"/>
         <v>436</v>
       </c>
       <c r="B438" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C438" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D438" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC436</v>
       </c>
       <c r="E438" s="24">
         <v>436</v>
       </c>
       <c r="F438" s="26"/>
       <c r="G438" s="25"/>
       <c r="H438" s="20"/>
       <c r="I438" s="30"/>
       <c r="J438" s="27"/>
       <c r="K438" s="22"/>
       <c r="L438" s="23"/>
       <c r="M438" s="19"/>
       <c r="N438" s="28"/>
       <c r="O438" s="20"/>
       <c r="P438" s="28"/>
       <c r="Q438" s="20"/>
       <c r="R438" s="28"/>
     </row>
     <row r="439" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A439" s="3">
         <f t="shared" si="27"/>
         <v>437</v>
       </c>
       <c r="B439" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C439" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D439" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC437</v>
       </c>
       <c r="E439" s="24">
         <v>437</v>
       </c>
       <c r="F439" s="26"/>
       <c r="G439" s="25"/>
       <c r="H439" s="20"/>
       <c r="I439" s="30"/>
       <c r="J439" s="27"/>
       <c r="K439" s="22"/>
       <c r="L439" s="23"/>
       <c r="M439" s="19"/>
       <c r="N439" s="28"/>
       <c r="O439" s="20"/>
       <c r="P439" s="28"/>
       <c r="Q439" s="20"/>
       <c r="R439" s="28"/>
     </row>
     <row r="440" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A440" s="3">
         <f t="shared" si="27"/>
         <v>438</v>
       </c>
       <c r="B440" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C440" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D440" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC438</v>
       </c>
       <c r="E440" s="24">
         <v>438</v>
       </c>
       <c r="F440" s="26"/>
       <c r="G440" s="25"/>
       <c r="H440" s="20"/>
       <c r="I440" s="30"/>
       <c r="J440" s="27"/>
       <c r="K440" s="22"/>
       <c r="L440" s="23"/>
       <c r="M440" s="19"/>
       <c r="N440" s="28"/>
       <c r="O440" s="20"/>
       <c r="P440" s="28"/>
       <c r="Q440" s="20"/>
       <c r="R440" s="28"/>
     </row>
     <row r="441" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A441" s="3">
         <f t="shared" si="27"/>
         <v>439</v>
       </c>
       <c r="B441" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C441" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D441" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC439</v>
       </c>
       <c r="E441" s="24">
         <v>439</v>
       </c>
       <c r="F441" s="26"/>
       <c r="G441" s="25"/>
       <c r="H441" s="20"/>
       <c r="I441" s="30"/>
       <c r="J441" s="27"/>
       <c r="K441" s="22"/>
       <c r="L441" s="23"/>
       <c r="M441" s="19"/>
       <c r="N441" s="28"/>
       <c r="O441" s="20"/>
       <c r="P441" s="28"/>
       <c r="Q441" s="20"/>
       <c r="R441" s="28"/>
     </row>
     <row r="442" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A442" s="3">
         <f t="shared" si="27"/>
         <v>440</v>
       </c>
       <c r="B442" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C442" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D442" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC440</v>
       </c>
       <c r="E442" s="24">
         <v>440</v>
       </c>
       <c r="F442" s="26"/>
       <c r="G442" s="25"/>
       <c r="H442" s="20"/>
       <c r="I442" s="30"/>
       <c r="J442" s="27"/>
       <c r="K442" s="22"/>
       <c r="L442" s="23"/>
       <c r="M442" s="19"/>
       <c r="N442" s="28"/>
       <c r="O442" s="20"/>
       <c r="P442" s="28"/>
       <c r="Q442" s="20"/>
       <c r="R442" s="28"/>
     </row>
     <row r="443" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A443" s="3">
         <f t="shared" si="27"/>
         <v>441</v>
       </c>
       <c r="B443" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C443" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D443" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC441</v>
       </c>
       <c r="E443" s="24">
         <v>441</v>
       </c>
       <c r="F443" s="26"/>
       <c r="G443" s="25"/>
       <c r="H443" s="20"/>
       <c r="I443" s="30"/>
       <c r="J443" s="27"/>
       <c r="K443" s="22"/>
       <c r="L443" s="23"/>
       <c r="M443" s="19"/>
       <c r="N443" s="28"/>
       <c r="O443" s="20"/>
       <c r="P443" s="28"/>
       <c r="Q443" s="20"/>
       <c r="R443" s="28"/>
     </row>
     <row r="444" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A444" s="3">
         <f t="shared" si="27"/>
         <v>442</v>
       </c>
       <c r="B444" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C444" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D444" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC442</v>
       </c>
       <c r="E444" s="24">
         <v>442</v>
       </c>
       <c r="F444" s="26"/>
       <c r="G444" s="25"/>
       <c r="H444" s="20"/>
       <c r="I444" s="30"/>
       <c r="J444" s="27"/>
       <c r="K444" s="22"/>
       <c r="L444" s="23"/>
       <c r="M444" s="19"/>
       <c r="N444" s="28"/>
       <c r="O444" s="20"/>
       <c r="P444" s="28"/>
       <c r="Q444" s="20"/>
       <c r="R444" s="28"/>
     </row>
     <row r="445" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A445" s="3">
         <f t="shared" si="27"/>
         <v>443</v>
       </c>
       <c r="B445" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C445" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D445" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC443</v>
       </c>
       <c r="E445" s="24">
         <v>443</v>
       </c>
       <c r="F445" s="26"/>
       <c r="G445" s="25"/>
       <c r="H445" s="20"/>
       <c r="I445" s="30"/>
       <c r="J445" s="27"/>
       <c r="K445" s="22"/>
       <c r="L445" s="23"/>
       <c r="M445" s="19"/>
       <c r="N445" s="28"/>
       <c r="O445" s="20"/>
       <c r="P445" s="28"/>
       <c r="Q445" s="20"/>
       <c r="R445" s="28"/>
     </row>
     <row r="446" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A446" s="3">
         <f t="shared" si="27"/>
         <v>444</v>
       </c>
       <c r="B446" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C446" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D446" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC444</v>
       </c>
       <c r="E446" s="24">
         <v>444</v>
       </c>
       <c r="F446" s="26"/>
       <c r="G446" s="25"/>
       <c r="H446" s="20"/>
       <c r="I446" s="30"/>
       <c r="J446" s="27"/>
       <c r="K446" s="22"/>
       <c r="L446" s="23"/>
       <c r="M446" s="19"/>
       <c r="N446" s="28"/>
       <c r="O446" s="20"/>
       <c r="P446" s="28"/>
       <c r="Q446" s="20"/>
       <c r="R446" s="28"/>
     </row>
     <row r="447" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A447" s="3">
         <f t="shared" si="27"/>
         <v>445</v>
       </c>
       <c r="B447" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C447" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D447" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC445</v>
       </c>
       <c r="E447" s="24">
         <v>445</v>
       </c>
       <c r="F447" s="26"/>
       <c r="G447" s="25"/>
       <c r="H447" s="20"/>
       <c r="I447" s="30"/>
       <c r="J447" s="27"/>
       <c r="K447" s="22"/>
       <c r="L447" s="23"/>
       <c r="M447" s="19"/>
       <c r="N447" s="28"/>
       <c r="O447" s="20"/>
       <c r="P447" s="28"/>
       <c r="Q447" s="20"/>
       <c r="R447" s="28"/>
     </row>
     <row r="448" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A448" s="3">
         <f t="shared" si="27"/>
         <v>446</v>
       </c>
       <c r="B448" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C448" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D448" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC446</v>
       </c>
       <c r="E448" s="24">
         <v>446</v>
       </c>
       <c r="F448" s="26"/>
       <c r="G448" s="25"/>
       <c r="H448" s="20"/>
       <c r="I448" s="30"/>
       <c r="J448" s="27"/>
       <c r="K448" s="22"/>
       <c r="L448" s="23"/>
       <c r="M448" s="19"/>
       <c r="N448" s="28"/>
       <c r="O448" s="20"/>
       <c r="P448" s="28"/>
       <c r="Q448" s="20"/>
       <c r="R448" s="28"/>
     </row>
     <row r="449" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A449" s="3">
         <f t="shared" si="27"/>
         <v>447</v>
       </c>
       <c r="B449" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C449" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D449" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC447</v>
       </c>
       <c r="E449" s="24">
         <v>447</v>
       </c>
       <c r="F449" s="26"/>
       <c r="G449" s="25"/>
       <c r="H449" s="20"/>
       <c r="I449" s="30"/>
       <c r="J449" s="27"/>
       <c r="K449" s="22"/>
       <c r="L449" s="23"/>
       <c r="M449" s="19"/>
       <c r="N449" s="28"/>
       <c r="O449" s="20"/>
       <c r="P449" s="28"/>
       <c r="Q449" s="20"/>
       <c r="R449" s="28"/>
     </row>
     <row r="450" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A450" s="3">
         <f t="shared" si="27"/>
         <v>448</v>
       </c>
       <c r="B450" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C450" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D450" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC448</v>
       </c>
       <c r="E450" s="24">
         <v>448</v>
       </c>
       <c r="F450" s="26"/>
       <c r="G450" s="25"/>
       <c r="H450" s="20"/>
       <c r="I450" s="30"/>
       <c r="J450" s="27"/>
       <c r="K450" s="22"/>
       <c r="L450" s="23"/>
       <c r="M450" s="19"/>
       <c r="N450" s="28"/>
       <c r="O450" s="20"/>
       <c r="P450" s="28"/>
       <c r="Q450" s="20"/>
       <c r="R450" s="28"/>
     </row>
     <row r="451" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A451" s="3">
         <f t="shared" si="27"/>
         <v>449</v>
       </c>
       <c r="B451" s="3" t="str">
         <f t="shared" si="24"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C451" s="3" t="str">
         <f t="shared" si="25"/>
         <v>ABC</v>
       </c>
       <c r="D451" s="3" t="str">
         <f t="shared" si="26"/>
         <v>ABC449</v>
       </c>
       <c r="E451" s="24">
         <v>449</v>
       </c>
       <c r="F451" s="26"/>
       <c r="G451" s="25"/>
       <c r="H451" s="20"/>
       <c r="I451" s="30"/>
       <c r="J451" s="27"/>
       <c r="K451" s="22"/>
       <c r="L451" s="23"/>
       <c r="M451" s="19"/>
       <c r="N451" s="28"/>
       <c r="O451" s="20"/>
       <c r="P451" s="28"/>
       <c r="Q451" s="20"/>
       <c r="R451" s="28"/>
     </row>
     <row r="452" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A452" s="3">
         <f t="shared" si="27"/>
         <v>450</v>
       </c>
       <c r="B452" s="3" t="str">
         <f t="shared" ref="B452:B502" si="28">$B$2</f>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C452" s="3" t="str">
         <f t="shared" ref="C452:C502" si="29">$C$2</f>
         <v>ABC</v>
       </c>
       <c r="D452" s="3" t="str">
         <f t="shared" ref="D452:D502" si="30">CONCATENATE(C452,E452)</f>
         <v>ABC450</v>
       </c>
       <c r="E452" s="24">
         <v>450</v>
       </c>
       <c r="F452" s="26"/>
       <c r="G452" s="25"/>
       <c r="H452" s="20"/>
       <c r="I452" s="30"/>
       <c r="J452" s="27"/>
       <c r="K452" s="22"/>
       <c r="L452" s="23"/>
       <c r="M452" s="19"/>
       <c r="N452" s="28"/>
       <c r="O452" s="20"/>
       <c r="P452" s="28"/>
       <c r="Q452" s="20"/>
       <c r="R452" s="28"/>
     </row>
     <row r="453" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A453" s="3">
         <f t="shared" si="27"/>
         <v>451</v>
       </c>
       <c r="B453" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C453" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D453" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC451</v>
       </c>
       <c r="E453" s="24">
         <v>451</v>
       </c>
       <c r="F453" s="26"/>
       <c r="G453" s="25"/>
       <c r="H453" s="20"/>
       <c r="I453" s="30"/>
       <c r="J453" s="27"/>
       <c r="K453" s="22"/>
       <c r="L453" s="23"/>
       <c r="M453" s="19"/>
       <c r="N453" s="28"/>
       <c r="O453" s="20"/>
       <c r="P453" s="28"/>
       <c r="Q453" s="20"/>
       <c r="R453" s="28"/>
     </row>
     <row r="454" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A454" s="3">
         <f t="shared" si="27"/>
         <v>452</v>
       </c>
       <c r="B454" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C454" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D454" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC452</v>
       </c>
       <c r="E454" s="24">
         <v>452</v>
       </c>
       <c r="F454" s="26"/>
       <c r="G454" s="25"/>
       <c r="H454" s="20"/>
       <c r="I454" s="30"/>
       <c r="J454" s="27"/>
       <c r="K454" s="22"/>
       <c r="L454" s="23"/>
       <c r="M454" s="19"/>
       <c r="N454" s="28"/>
       <c r="O454" s="20"/>
       <c r="P454" s="28"/>
       <c r="Q454" s="20"/>
       <c r="R454" s="28"/>
     </row>
     <row r="455" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A455" s="3">
         <f t="shared" si="27"/>
         <v>453</v>
       </c>
       <c r="B455" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C455" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D455" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC453</v>
       </c>
       <c r="E455" s="24">
         <v>453</v>
       </c>
       <c r="F455" s="26"/>
       <c r="G455" s="25"/>
       <c r="H455" s="20"/>
       <c r="I455" s="30"/>
       <c r="J455" s="27"/>
       <c r="K455" s="22"/>
       <c r="L455" s="23"/>
       <c r="M455" s="19"/>
       <c r="N455" s="28"/>
       <c r="O455" s="20"/>
       <c r="P455" s="28"/>
       <c r="Q455" s="20"/>
       <c r="R455" s="28"/>
     </row>
     <row r="456" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A456" s="3">
         <f t="shared" si="27"/>
         <v>454</v>
       </c>
       <c r="B456" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C456" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D456" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC454</v>
       </c>
       <c r="E456" s="24">
         <v>454</v>
       </c>
       <c r="F456" s="26"/>
       <c r="G456" s="25"/>
       <c r="H456" s="20"/>
       <c r="I456" s="30"/>
       <c r="J456" s="27"/>
       <c r="K456" s="22"/>
       <c r="L456" s="23"/>
       <c r="M456" s="19"/>
       <c r="N456" s="28"/>
       <c r="O456" s="20"/>
       <c r="P456" s="28"/>
       <c r="Q456" s="20"/>
       <c r="R456" s="28"/>
     </row>
     <row r="457" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A457" s="3">
         <f t="shared" si="27"/>
         <v>455</v>
       </c>
       <c r="B457" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C457" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D457" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC455</v>
       </c>
       <c r="E457" s="24">
         <v>455</v>
       </c>
       <c r="F457" s="26"/>
       <c r="G457" s="25"/>
       <c r="H457" s="20"/>
       <c r="I457" s="30"/>
       <c r="J457" s="27"/>
       <c r="K457" s="22"/>
       <c r="L457" s="23"/>
       <c r="M457" s="19"/>
       <c r="N457" s="28"/>
       <c r="O457" s="20"/>
       <c r="P457" s="28"/>
       <c r="Q457" s="20"/>
       <c r="R457" s="28"/>
     </row>
     <row r="458" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A458" s="3">
         <f t="shared" si="27"/>
         <v>456</v>
       </c>
       <c r="B458" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C458" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D458" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC456</v>
       </c>
       <c r="E458" s="24">
         <v>456</v>
       </c>
       <c r="F458" s="26"/>
       <c r="G458" s="25"/>
       <c r="H458" s="20"/>
       <c r="I458" s="30"/>
       <c r="J458" s="27"/>
       <c r="K458" s="22"/>
       <c r="L458" s="23"/>
       <c r="M458" s="19"/>
       <c r="N458" s="28"/>
       <c r="O458" s="20"/>
       <c r="P458" s="28"/>
       <c r="Q458" s="20"/>
       <c r="R458" s="28"/>
     </row>
     <row r="459" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A459" s="3">
         <f t="shared" si="27"/>
         <v>457</v>
       </c>
       <c r="B459" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C459" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D459" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC457</v>
       </c>
       <c r="E459" s="24">
         <v>457</v>
       </c>
       <c r="F459" s="26"/>
       <c r="G459" s="25"/>
       <c r="H459" s="20"/>
       <c r="I459" s="30"/>
       <c r="J459" s="27"/>
       <c r="K459" s="22"/>
       <c r="L459" s="23"/>
       <c r="M459" s="19"/>
       <c r="N459" s="28"/>
       <c r="O459" s="20"/>
       <c r="P459" s="28"/>
       <c r="Q459" s="20"/>
       <c r="R459" s="28"/>
     </row>
     <row r="460" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A460" s="3">
         <f t="shared" si="27"/>
         <v>458</v>
       </c>
       <c r="B460" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C460" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D460" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC458</v>
       </c>
       <c r="E460" s="24">
         <v>458</v>
       </c>
       <c r="F460" s="26"/>
       <c r="G460" s="25"/>
       <c r="H460" s="20"/>
       <c r="I460" s="30"/>
       <c r="J460" s="27"/>
       <c r="K460" s="22"/>
       <c r="L460" s="23"/>
       <c r="M460" s="19"/>
       <c r="N460" s="28"/>
       <c r="O460" s="20"/>
       <c r="P460" s="28"/>
       <c r="Q460" s="20"/>
       <c r="R460" s="28"/>
     </row>
     <row r="461" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A461" s="3">
         <f t="shared" si="27"/>
         <v>459</v>
       </c>
       <c r="B461" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C461" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D461" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC459</v>
       </c>
       <c r="E461" s="24">
         <v>459</v>
       </c>
       <c r="F461" s="26"/>
       <c r="G461" s="25"/>
       <c r="H461" s="20"/>
       <c r="I461" s="30"/>
       <c r="J461" s="27"/>
       <c r="K461" s="22"/>
       <c r="L461" s="23"/>
       <c r="M461" s="19"/>
       <c r="N461" s="28"/>
       <c r="O461" s="20"/>
       <c r="P461" s="28"/>
       <c r="Q461" s="20"/>
       <c r="R461" s="28"/>
     </row>
     <row r="462" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A462" s="3">
         <f t="shared" si="27"/>
         <v>460</v>
       </c>
       <c r="B462" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C462" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D462" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC460</v>
       </c>
       <c r="E462" s="24">
         <v>460</v>
       </c>
       <c r="F462" s="26"/>
       <c r="G462" s="25"/>
       <c r="H462" s="20"/>
       <c r="I462" s="30"/>
       <c r="J462" s="27"/>
       <c r="K462" s="22"/>
       <c r="L462" s="23"/>
       <c r="M462" s="19"/>
       <c r="N462" s="28"/>
       <c r="O462" s="20"/>
       <c r="P462" s="28"/>
       <c r="Q462" s="20"/>
       <c r="R462" s="28"/>
     </row>
     <row r="463" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A463" s="3">
         <f t="shared" si="27"/>
         <v>461</v>
       </c>
       <c r="B463" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C463" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D463" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC461</v>
       </c>
       <c r="E463" s="24">
         <v>461</v>
       </c>
       <c r="F463" s="26"/>
       <c r="G463" s="25"/>
       <c r="H463" s="20"/>
       <c r="I463" s="30"/>
       <c r="J463" s="27"/>
       <c r="K463" s="22"/>
       <c r="L463" s="23"/>
       <c r="M463" s="19"/>
       <c r="N463" s="28"/>
       <c r="O463" s="20"/>
       <c r="P463" s="28"/>
       <c r="Q463" s="20"/>
       <c r="R463" s="28"/>
     </row>
     <row r="464" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A464" s="3">
         <f t="shared" si="27"/>
         <v>462</v>
       </c>
       <c r="B464" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C464" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D464" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC462</v>
       </c>
       <c r="E464" s="24">
         <v>462</v>
       </c>
       <c r="F464" s="26"/>
       <c r="G464" s="25"/>
       <c r="H464" s="20"/>
       <c r="I464" s="30"/>
       <c r="J464" s="27"/>
       <c r="K464" s="22"/>
       <c r="L464" s="23"/>
       <c r="M464" s="19"/>
       <c r="N464" s="28"/>
       <c r="O464" s="20"/>
       <c r="P464" s="28"/>
       <c r="Q464" s="20"/>
       <c r="R464" s="28"/>
     </row>
     <row r="465" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A465" s="3">
         <f t="shared" si="27"/>
         <v>463</v>
       </c>
       <c r="B465" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C465" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D465" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC463</v>
       </c>
       <c r="E465" s="24">
         <v>463</v>
       </c>
       <c r="F465" s="26"/>
       <c r="G465" s="25"/>
       <c r="H465" s="20"/>
       <c r="I465" s="30"/>
       <c r="J465" s="27"/>
       <c r="K465" s="22"/>
       <c r="L465" s="23"/>
       <c r="M465" s="19"/>
       <c r="N465" s="28"/>
       <c r="O465" s="20"/>
       <c r="P465" s="28"/>
       <c r="Q465" s="20"/>
       <c r="R465" s="28"/>
     </row>
     <row r="466" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A466" s="3">
         <f t="shared" si="27"/>
         <v>464</v>
       </c>
       <c r="B466" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C466" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D466" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC464</v>
       </c>
       <c r="E466" s="24">
         <v>464</v>
       </c>
       <c r="F466" s="26"/>
       <c r="G466" s="25"/>
       <c r="H466" s="20"/>
       <c r="I466" s="30"/>
       <c r="J466" s="27"/>
       <c r="K466" s="22"/>
       <c r="L466" s="23"/>
       <c r="M466" s="19"/>
       <c r="N466" s="28"/>
       <c r="O466" s="20"/>
       <c r="P466" s="28"/>
       <c r="Q466" s="20"/>
       <c r="R466" s="28"/>
     </row>
     <row r="467" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A467" s="3">
         <f t="shared" si="27"/>
         <v>465</v>
       </c>
       <c r="B467" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C467" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D467" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC465</v>
       </c>
       <c r="E467" s="24">
         <v>465</v>
       </c>
       <c r="F467" s="26"/>
       <c r="G467" s="25"/>
       <c r="H467" s="20"/>
       <c r="I467" s="30"/>
       <c r="J467" s="27"/>
       <c r="K467" s="22"/>
       <c r="L467" s="23"/>
       <c r="M467" s="19"/>
       <c r="N467" s="28"/>
       <c r="O467" s="20"/>
       <c r="P467" s="28"/>
       <c r="Q467" s="20"/>
       <c r="R467" s="28"/>
     </row>
     <row r="468" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A468" s="3">
         <f t="shared" si="27"/>
         <v>466</v>
       </c>
       <c r="B468" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C468" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D468" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC466</v>
       </c>
       <c r="E468" s="24">
         <v>466</v>
       </c>
       <c r="F468" s="26"/>
       <c r="G468" s="25"/>
       <c r="H468" s="20"/>
       <c r="I468" s="30"/>
       <c r="J468" s="27"/>
       <c r="K468" s="22"/>
       <c r="L468" s="23"/>
       <c r="M468" s="19"/>
       <c r="N468" s="28"/>
       <c r="O468" s="20"/>
       <c r="P468" s="28"/>
       <c r="Q468" s="20"/>
       <c r="R468" s="28"/>
     </row>
     <row r="469" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A469" s="3">
         <f t="shared" si="27"/>
         <v>467</v>
       </c>
       <c r="B469" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C469" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D469" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC467</v>
       </c>
       <c r="E469" s="24">
         <v>467</v>
       </c>
       <c r="F469" s="26"/>
       <c r="G469" s="25"/>
       <c r="H469" s="20"/>
       <c r="I469" s="30"/>
       <c r="J469" s="27"/>
       <c r="K469" s="22"/>
       <c r="L469" s="23"/>
       <c r="M469" s="19"/>
       <c r="N469" s="28"/>
       <c r="O469" s="20"/>
       <c r="P469" s="28"/>
       <c r="Q469" s="20"/>
       <c r="R469" s="28"/>
     </row>
     <row r="470" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A470" s="3">
         <f t="shared" si="27"/>
         <v>468</v>
       </c>
       <c r="B470" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C470" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D470" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC468</v>
       </c>
       <c r="E470" s="24">
         <v>468</v>
       </c>
       <c r="F470" s="26"/>
       <c r="G470" s="25"/>
       <c r="H470" s="20"/>
       <c r="I470" s="30"/>
       <c r="J470" s="27"/>
       <c r="K470" s="22"/>
       <c r="L470" s="23"/>
       <c r="M470" s="19"/>
       <c r="N470" s="28"/>
       <c r="O470" s="20"/>
       <c r="P470" s="28"/>
       <c r="Q470" s="20"/>
       <c r="R470" s="28"/>
     </row>
     <row r="471" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A471" s="3">
         <f t="shared" si="27"/>
         <v>469</v>
       </c>
       <c r="B471" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C471" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D471" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC469</v>
       </c>
       <c r="E471" s="24">
         <v>469</v>
       </c>
       <c r="F471" s="26"/>
       <c r="G471" s="25"/>
       <c r="H471" s="20"/>
       <c r="I471" s="30"/>
       <c r="J471" s="27"/>
       <c r="K471" s="22"/>
       <c r="L471" s="23"/>
       <c r="M471" s="19"/>
       <c r="N471" s="28"/>
       <c r="O471" s="20"/>
       <c r="P471" s="28"/>
       <c r="Q471" s="20"/>
       <c r="R471" s="28"/>
     </row>
     <row r="472" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A472" s="3">
         <f t="shared" si="27"/>
         <v>470</v>
       </c>
       <c r="B472" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C472" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D472" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC470</v>
       </c>
       <c r="E472" s="24">
         <v>470</v>
       </c>
       <c r="F472" s="26"/>
       <c r="G472" s="25"/>
       <c r="H472" s="20"/>
       <c r="I472" s="30"/>
       <c r="J472" s="27"/>
       <c r="K472" s="22"/>
       <c r="L472" s="23"/>
       <c r="M472" s="19"/>
       <c r="N472" s="28"/>
       <c r="O472" s="20"/>
       <c r="P472" s="28"/>
       <c r="Q472" s="20"/>
       <c r="R472" s="28"/>
     </row>
     <row r="473" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A473" s="3">
         <f t="shared" si="27"/>
         <v>471</v>
       </c>
       <c r="B473" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C473" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D473" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC471</v>
       </c>
       <c r="E473" s="24">
         <v>471</v>
       </c>
       <c r="F473" s="26"/>
       <c r="G473" s="25"/>
       <c r="H473" s="20"/>
       <c r="I473" s="30"/>
       <c r="J473" s="27"/>
       <c r="K473" s="22"/>
       <c r="L473" s="23"/>
       <c r="M473" s="19"/>
       <c r="N473" s="28"/>
       <c r="O473" s="20"/>
       <c r="P473" s="28"/>
       <c r="Q473" s="20"/>
       <c r="R473" s="28"/>
     </row>
     <row r="474" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A474" s="3">
         <f t="shared" si="27"/>
         <v>472</v>
       </c>
       <c r="B474" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C474" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D474" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC472</v>
       </c>
       <c r="E474" s="24">
         <v>472</v>
       </c>
       <c r="F474" s="26"/>
       <c r="G474" s="25"/>
       <c r="H474" s="20"/>
       <c r="I474" s="30"/>
       <c r="J474" s="27"/>
       <c r="K474" s="22"/>
       <c r="L474" s="23"/>
       <c r="M474" s="19"/>
       <c r="N474" s="28"/>
       <c r="O474" s="20"/>
       <c r="P474" s="28"/>
       <c r="Q474" s="20"/>
       <c r="R474" s="28"/>
     </row>
     <row r="475" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A475" s="3">
         <f t="shared" si="27"/>
         <v>473</v>
       </c>
       <c r="B475" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C475" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D475" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC473</v>
       </c>
       <c r="E475" s="24">
         <v>473</v>
       </c>
       <c r="F475" s="26"/>
       <c r="G475" s="25"/>
       <c r="H475" s="20"/>
       <c r="I475" s="30"/>
       <c r="J475" s="27"/>
       <c r="K475" s="22"/>
       <c r="L475" s="23"/>
       <c r="M475" s="19"/>
       <c r="N475" s="28"/>
       <c r="O475" s="20"/>
       <c r="P475" s="28"/>
       <c r="Q475" s="20"/>
       <c r="R475" s="28"/>
     </row>
     <row r="476" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A476" s="3">
         <f t="shared" si="27"/>
         <v>474</v>
       </c>
       <c r="B476" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C476" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D476" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC474</v>
       </c>
       <c r="E476" s="24">
         <v>474</v>
       </c>
       <c r="F476" s="26"/>
       <c r="G476" s="25"/>
       <c r="H476" s="20"/>
       <c r="I476" s="30"/>
       <c r="J476" s="27"/>
       <c r="K476" s="22"/>
       <c r="L476" s="23"/>
       <c r="M476" s="19"/>
       <c r="N476" s="28"/>
       <c r="O476" s="20"/>
       <c r="P476" s="28"/>
       <c r="Q476" s="20"/>
       <c r="R476" s="28"/>
     </row>
     <row r="477" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A477" s="3">
         <f t="shared" si="27"/>
         <v>475</v>
       </c>
       <c r="B477" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C477" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D477" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC475</v>
       </c>
       <c r="E477" s="24">
         <v>475</v>
       </c>
       <c r="F477" s="26"/>
       <c r="G477" s="25"/>
       <c r="H477" s="20"/>
       <c r="I477" s="30"/>
       <c r="J477" s="27"/>
       <c r="K477" s="22"/>
       <c r="L477" s="23"/>
       <c r="M477" s="19"/>
       <c r="N477" s="28"/>
       <c r="O477" s="20"/>
       <c r="P477" s="28"/>
       <c r="Q477" s="20"/>
       <c r="R477" s="28"/>
     </row>
     <row r="478" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A478" s="3">
         <f t="shared" si="27"/>
         <v>476</v>
       </c>
       <c r="B478" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C478" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D478" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC476</v>
       </c>
       <c r="E478" s="24">
         <v>476</v>
       </c>
       <c r="F478" s="26"/>
       <c r="G478" s="25"/>
       <c r="H478" s="20"/>
       <c r="I478" s="30"/>
       <c r="J478" s="27"/>
       <c r="K478" s="22"/>
       <c r="L478" s="23"/>
       <c r="M478" s="19"/>
       <c r="N478" s="28"/>
       <c r="O478" s="20"/>
       <c r="P478" s="28"/>
       <c r="Q478" s="20"/>
       <c r="R478" s="28"/>
     </row>
     <row r="479" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A479" s="3">
         <f t="shared" si="27"/>
         <v>477</v>
       </c>
       <c r="B479" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C479" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D479" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC477</v>
       </c>
       <c r="E479" s="24">
         <v>477</v>
       </c>
       <c r="F479" s="26"/>
       <c r="G479" s="25"/>
       <c r="H479" s="20"/>
       <c r="I479" s="30"/>
       <c r="J479" s="27"/>
       <c r="K479" s="22"/>
       <c r="L479" s="23"/>
       <c r="M479" s="19"/>
       <c r="N479" s="28"/>
       <c r="O479" s="20"/>
       <c r="P479" s="28"/>
       <c r="Q479" s="20"/>
       <c r="R479" s="28"/>
     </row>
     <row r="480" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A480" s="3">
         <f t="shared" si="27"/>
         <v>478</v>
       </c>
       <c r="B480" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C480" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D480" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC478</v>
       </c>
       <c r="E480" s="24">
         <v>478</v>
       </c>
       <c r="F480" s="26"/>
       <c r="G480" s="25"/>
       <c r="H480" s="20"/>
       <c r="I480" s="30"/>
       <c r="J480" s="27"/>
       <c r="K480" s="22"/>
       <c r="L480" s="23"/>
       <c r="M480" s="19"/>
       <c r="N480" s="28"/>
       <c r="O480" s="20"/>
       <c r="P480" s="28"/>
       <c r="Q480" s="20"/>
       <c r="R480" s="28"/>
     </row>
     <row r="481" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A481" s="3">
         <f t="shared" si="27"/>
         <v>479</v>
       </c>
       <c r="B481" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C481" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D481" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC479</v>
       </c>
       <c r="E481" s="24">
         <v>479</v>
       </c>
       <c r="F481" s="26"/>
       <c r="G481" s="25"/>
       <c r="H481" s="20"/>
       <c r="I481" s="30"/>
       <c r="J481" s="27"/>
       <c r="K481" s="22"/>
       <c r="L481" s="23"/>
       <c r="M481" s="19"/>
       <c r="N481" s="28"/>
       <c r="O481" s="20"/>
       <c r="P481" s="28"/>
       <c r="Q481" s="20"/>
       <c r="R481" s="28"/>
     </row>
     <row r="482" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A482" s="3">
         <f t="shared" ref="A482:A502" si="31">A481+1</f>
         <v>480</v>
       </c>
       <c r="B482" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C482" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D482" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC480</v>
       </c>
       <c r="E482" s="24">
         <v>480</v>
       </c>
       <c r="F482" s="26"/>
       <c r="G482" s="25"/>
       <c r="H482" s="20"/>
       <c r="I482" s="30"/>
       <c r="J482" s="27"/>
       <c r="K482" s="22"/>
       <c r="L482" s="23"/>
       <c r="M482" s="19"/>
       <c r="N482" s="28"/>
       <c r="O482" s="20"/>
       <c r="P482" s="28"/>
       <c r="Q482" s="20"/>
       <c r="R482" s="28"/>
     </row>
     <row r="483" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A483" s="3">
         <f t="shared" si="31"/>
         <v>481</v>
       </c>
       <c r="B483" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C483" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D483" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC481</v>
       </c>
       <c r="E483" s="24">
         <v>481</v>
       </c>
       <c r="F483" s="26"/>
       <c r="G483" s="25"/>
       <c r="H483" s="20"/>
       <c r="I483" s="30"/>
       <c r="J483" s="27"/>
       <c r="K483" s="22"/>
       <c r="L483" s="23"/>
       <c r="M483" s="19"/>
       <c r="N483" s="28"/>
       <c r="O483" s="20"/>
       <c r="P483" s="28"/>
       <c r="Q483" s="20"/>
       <c r="R483" s="28"/>
     </row>
     <row r="484" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A484" s="3">
         <f t="shared" si="31"/>
         <v>482</v>
       </c>
       <c r="B484" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C484" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D484" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC482</v>
       </c>
       <c r="E484" s="24">
         <v>482</v>
       </c>
       <c r="F484" s="26"/>
       <c r="G484" s="25"/>
       <c r="H484" s="20"/>
       <c r="I484" s="30"/>
       <c r="J484" s="27"/>
       <c r="K484" s="22"/>
       <c r="L484" s="23"/>
       <c r="M484" s="19"/>
       <c r="N484" s="28"/>
       <c r="O484" s="20"/>
       <c r="P484" s="28"/>
       <c r="Q484" s="20"/>
       <c r="R484" s="28"/>
     </row>
     <row r="485" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A485" s="3">
         <f t="shared" si="31"/>
         <v>483</v>
       </c>
       <c r="B485" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C485" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D485" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC483</v>
       </c>
       <c r="E485" s="24">
         <v>483</v>
       </c>
       <c r="F485" s="26"/>
       <c r="G485" s="25"/>
       <c r="H485" s="20"/>
       <c r="I485" s="30"/>
       <c r="J485" s="27"/>
       <c r="K485" s="22"/>
       <c r="L485" s="23"/>
       <c r="M485" s="19"/>
       <c r="N485" s="28"/>
       <c r="O485" s="20"/>
       <c r="P485" s="28"/>
       <c r="Q485" s="20"/>
       <c r="R485" s="28"/>
     </row>
     <row r="486" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A486" s="3">
         <f t="shared" si="31"/>
         <v>484</v>
       </c>
       <c r="B486" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C486" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D486" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC484</v>
       </c>
       <c r="E486" s="24">
         <v>484</v>
       </c>
       <c r="F486" s="26"/>
       <c r="G486" s="25"/>
       <c r="H486" s="20"/>
       <c r="I486" s="30"/>
       <c r="J486" s="27"/>
       <c r="K486" s="22"/>
       <c r="L486" s="23"/>
       <c r="M486" s="19"/>
       <c r="N486" s="28"/>
       <c r="O486" s="20"/>
       <c r="P486" s="28"/>
       <c r="Q486" s="20"/>
       <c r="R486" s="28"/>
     </row>
     <row r="487" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A487" s="3">
         <f t="shared" si="31"/>
         <v>485</v>
       </c>
       <c r="B487" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C487" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D487" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC485</v>
       </c>
       <c r="E487" s="24">
         <v>485</v>
       </c>
       <c r="F487" s="26"/>
       <c r="G487" s="25"/>
       <c r="H487" s="20"/>
       <c r="I487" s="30"/>
       <c r="J487" s="27"/>
       <c r="K487" s="22"/>
       <c r="L487" s="23"/>
       <c r="M487" s="19"/>
       <c r="N487" s="28"/>
       <c r="O487" s="20"/>
       <c r="P487" s="28"/>
       <c r="Q487" s="20"/>
       <c r="R487" s="28"/>
     </row>
     <row r="488" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A488" s="3">
         <f t="shared" si="31"/>
         <v>486</v>
       </c>
       <c r="B488" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C488" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D488" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC486</v>
       </c>
       <c r="E488" s="24">
         <v>486</v>
       </c>
       <c r="F488" s="26"/>
       <c r="G488" s="25"/>
       <c r="H488" s="20"/>
       <c r="I488" s="30"/>
       <c r="J488" s="27"/>
       <c r="K488" s="22"/>
       <c r="L488" s="23"/>
       <c r="M488" s="19"/>
       <c r="N488" s="28"/>
       <c r="O488" s="20"/>
       <c r="P488" s="28"/>
       <c r="Q488" s="20"/>
       <c r="R488" s="28"/>
     </row>
     <row r="489" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A489" s="3">
         <f t="shared" si="31"/>
         <v>487</v>
       </c>
       <c r="B489" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C489" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D489" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC487</v>
       </c>
       <c r="E489" s="24">
         <v>487</v>
       </c>
       <c r="F489" s="26"/>
       <c r="G489" s="25"/>
       <c r="H489" s="20"/>
       <c r="I489" s="30"/>
       <c r="J489" s="27"/>
       <c r="K489" s="22"/>
       <c r="L489" s="23"/>
       <c r="M489" s="19"/>
       <c r="N489" s="28"/>
       <c r="O489" s="20"/>
       <c r="P489" s="28"/>
       <c r="Q489" s="20"/>
       <c r="R489" s="28"/>
     </row>
     <row r="490" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A490" s="3">
         <f t="shared" si="31"/>
         <v>488</v>
       </c>
       <c r="B490" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C490" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D490" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC488</v>
       </c>
       <c r="E490" s="24">
         <v>488</v>
       </c>
       <c r="F490" s="26"/>
       <c r="G490" s="25"/>
       <c r="H490" s="20"/>
       <c r="I490" s="30"/>
       <c r="J490" s="27"/>
       <c r="K490" s="22"/>
       <c r="L490" s="23"/>
       <c r="M490" s="19"/>
       <c r="N490" s="28"/>
       <c r="O490" s="20"/>
       <c r="P490" s="28"/>
       <c r="Q490" s="20"/>
       <c r="R490" s="28"/>
     </row>
     <row r="491" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A491" s="3">
         <f t="shared" si="31"/>
         <v>489</v>
       </c>
       <c r="B491" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C491" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D491" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC489</v>
       </c>
       <c r="E491" s="24">
         <v>489</v>
       </c>
       <c r="F491" s="26"/>
       <c r="G491" s="25"/>
       <c r="H491" s="20"/>
       <c r="I491" s="30"/>
       <c r="J491" s="27"/>
       <c r="K491" s="22"/>
       <c r="L491" s="23"/>
       <c r="M491" s="19"/>
       <c r="N491" s="28"/>
       <c r="O491" s="20"/>
       <c r="P491" s="28"/>
       <c r="Q491" s="20"/>
       <c r="R491" s="28"/>
     </row>
     <row r="492" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A492" s="3">
         <f t="shared" si="31"/>
         <v>490</v>
       </c>
       <c r="B492" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C492" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D492" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC490</v>
       </c>
       <c r="E492" s="24">
         <v>490</v>
       </c>
       <c r="F492" s="26"/>
       <c r="G492" s="25"/>
       <c r="H492" s="20"/>
       <c r="I492" s="30"/>
       <c r="J492" s="27"/>
       <c r="K492" s="22"/>
       <c r="L492" s="23"/>
       <c r="M492" s="19"/>
       <c r="N492" s="28"/>
       <c r="O492" s="20"/>
       <c r="P492" s="28"/>
       <c r="Q492" s="20"/>
       <c r="R492" s="28"/>
     </row>
     <row r="493" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A493" s="3">
         <f t="shared" si="31"/>
         <v>491</v>
       </c>
       <c r="B493" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C493" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D493" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC491</v>
       </c>
       <c r="E493" s="24">
         <v>491</v>
       </c>
       <c r="F493" s="26"/>
       <c r="G493" s="25"/>
       <c r="H493" s="20"/>
       <c r="I493" s="30"/>
       <c r="J493" s="27"/>
       <c r="K493" s="22"/>
       <c r="L493" s="23"/>
       <c r="M493" s="19"/>
       <c r="N493" s="28"/>
       <c r="O493" s="20"/>
       <c r="P493" s="28"/>
       <c r="Q493" s="20"/>
       <c r="R493" s="28"/>
     </row>
     <row r="494" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A494" s="3">
         <f t="shared" si="31"/>
         <v>492</v>
       </c>
       <c r="B494" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C494" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D494" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC492</v>
       </c>
       <c r="E494" s="24">
         <v>492</v>
       </c>
       <c r="F494" s="26"/>
       <c r="G494" s="25"/>
       <c r="H494" s="20"/>
       <c r="I494" s="30"/>
       <c r="J494" s="27"/>
       <c r="K494" s="22"/>
       <c r="L494" s="23"/>
       <c r="M494" s="19"/>
       <c r="N494" s="28"/>
       <c r="O494" s="20"/>
       <c r="P494" s="28"/>
       <c r="Q494" s="20"/>
       <c r="R494" s="28"/>
     </row>
     <row r="495" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A495" s="3">
         <f t="shared" si="31"/>
         <v>493</v>
       </c>
       <c r="B495" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C495" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D495" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC493</v>
       </c>
       <c r="E495" s="24">
         <v>493</v>
       </c>
       <c r="F495" s="26"/>
       <c r="G495" s="25"/>
       <c r="H495" s="20"/>
       <c r="I495" s="30"/>
       <c r="J495" s="27"/>
       <c r="K495" s="22"/>
       <c r="L495" s="23"/>
       <c r="M495" s="19"/>
       <c r="N495" s="28"/>
       <c r="O495" s="20"/>
       <c r="P495" s="28"/>
       <c r="Q495" s="20"/>
       <c r="R495" s="28"/>
     </row>
     <row r="496" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A496" s="3">
         <f t="shared" si="31"/>
         <v>494</v>
       </c>
       <c r="B496" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C496" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D496" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC494</v>
       </c>
       <c r="E496" s="24">
         <v>494</v>
       </c>
       <c r="F496" s="26"/>
       <c r="G496" s="25"/>
       <c r="H496" s="20"/>
       <c r="I496" s="30"/>
       <c r="J496" s="27"/>
       <c r="K496" s="22"/>
       <c r="L496" s="23"/>
       <c r="M496" s="19"/>
       <c r="N496" s="28"/>
       <c r="O496" s="20"/>
       <c r="P496" s="28"/>
       <c r="Q496" s="20"/>
       <c r="R496" s="28"/>
     </row>
     <row r="497" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A497" s="3">
         <f t="shared" si="31"/>
         <v>495</v>
       </c>
       <c r="B497" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C497" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D497" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC495</v>
       </c>
       <c r="E497" s="24">
         <v>495</v>
       </c>
       <c r="F497" s="26"/>
       <c r="G497" s="25"/>
       <c r="H497" s="20"/>
       <c r="I497" s="30"/>
       <c r="J497" s="27"/>
       <c r="K497" s="22"/>
       <c r="L497" s="23"/>
       <c r="M497" s="19"/>
       <c r="N497" s="28"/>
       <c r="O497" s="20"/>
       <c r="P497" s="28"/>
       <c r="Q497" s="20"/>
       <c r="R497" s="28"/>
     </row>
     <row r="498" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A498" s="3">
         <f t="shared" si="31"/>
         <v>496</v>
       </c>
       <c r="B498" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C498" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D498" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC496</v>
       </c>
       <c r="E498" s="24">
         <v>496</v>
       </c>
       <c r="F498" s="26"/>
       <c r="G498" s="25"/>
       <c r="H498" s="20"/>
       <c r="I498" s="30"/>
       <c r="J498" s="27"/>
       <c r="K498" s="22"/>
       <c r="L498" s="23"/>
       <c r="M498" s="19"/>
       <c r="N498" s="28"/>
       <c r="O498" s="20"/>
       <c r="P498" s="28"/>
       <c r="Q498" s="20"/>
       <c r="R498" s="28"/>
     </row>
     <row r="499" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A499" s="3">
         <f t="shared" si="31"/>
         <v>497</v>
       </c>
       <c r="B499" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C499" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D499" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC497</v>
       </c>
       <c r="E499" s="24">
         <v>497</v>
       </c>
       <c r="F499" s="26"/>
       <c r="G499" s="25"/>
       <c r="H499" s="20"/>
       <c r="I499" s="30"/>
       <c r="J499" s="27"/>
       <c r="K499" s="22"/>
       <c r="L499" s="23"/>
       <c r="M499" s="19"/>
       <c r="N499" s="28"/>
       <c r="O499" s="20"/>
       <c r="P499" s="28"/>
       <c r="Q499" s="20"/>
       <c r="R499" s="28"/>
     </row>
     <row r="500" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A500" s="3">
         <f t="shared" si="31"/>
         <v>498</v>
       </c>
       <c r="B500" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C500" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D500" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC498</v>
       </c>
       <c r="E500" s="24">
         <v>498</v>
       </c>
       <c r="F500" s="26"/>
       <c r="G500" s="25"/>
       <c r="H500" s="20"/>
       <c r="I500" s="30"/>
       <c r="J500" s="27"/>
       <c r="K500" s="22"/>
       <c r="L500" s="23"/>
       <c r="M500" s="19"/>
       <c r="N500" s="28"/>
       <c r="O500" s="20"/>
       <c r="P500" s="28"/>
       <c r="Q500" s="20"/>
       <c r="R500" s="28"/>
     </row>
     <row r="501" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A501" s="3">
         <f t="shared" si="31"/>
         <v>499</v>
       </c>
       <c r="B501" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C501" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D501" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC499</v>
       </c>
       <c r="E501" s="24">
         <v>499</v>
       </c>
       <c r="F501" s="26"/>
       <c r="G501" s="25"/>
       <c r="H501" s="20"/>
       <c r="I501" s="30"/>
       <c r="J501" s="27"/>
       <c r="K501" s="22"/>
       <c r="L501" s="23"/>
       <c r="M501" s="19"/>
       <c r="N501" s="28"/>
       <c r="O501" s="26"/>
       <c r="P501" s="29"/>
       <c r="Q501" s="26"/>
       <c r="R501" s="28"/>
     </row>
     <row r="502" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A502" s="3">
         <f t="shared" si="31"/>
         <v>500</v>
       </c>
       <c r="B502" s="3" t="str">
         <f t="shared" si="28"/>
-        <v>SO125</v>
+        <v>MOT26</v>
       </c>
       <c r="C502" s="3" t="str">
         <f t="shared" si="29"/>
         <v>ABC</v>
       </c>
       <c r="D502" s="3" t="str">
         <f t="shared" si="30"/>
         <v>ABC500</v>
       </c>
       <c r="E502" s="24">
         <v>500</v>
       </c>
       <c r="F502" s="26"/>
       <c r="G502" s="25"/>
       <c r="H502" s="20"/>
       <c r="I502" s="30"/>
       <c r="J502" s="27"/>
       <c r="K502" s="22"/>
       <c r="L502" s="23"/>
       <c r="M502" s="19"/>
       <c r="N502" s="28"/>
       <c r="O502" s="26"/>
       <c r="P502" s="29"/>
       <c r="Q502" s="26"/>
       <c r="R502" s="28"/>
@@ -29471,51 +29499,51 @@
       <c r="P815" s="33"/>
       <c r="Q815" s="33"/>
       <c r="R815" s="33"/>
     </row>
     <row r="816" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A816" s="31"/>
       <c r="B816" s="31"/>
       <c r="C816" s="31"/>
       <c r="D816" s="31"/>
       <c r="E816" s="32"/>
       <c r="F816" s="33"/>
       <c r="G816" s="34"/>
       <c r="H816" s="33"/>
       <c r="I816" s="35"/>
       <c r="J816" s="35"/>
       <c r="K816" s="31"/>
       <c r="L816" s="36"/>
       <c r="M816" s="32"/>
       <c r="N816" s="33"/>
       <c r="O816" s="33"/>
       <c r="P816" s="33"/>
       <c r="Q816" s="33"/>
       <c r="R816" s="33"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="0GGw1+32pykeRPr8IFKCKDoMUW+6FoFqdaaic3TQtC9Y8U4nUGr9qeBHeUhZq33ye54G3YtGCesy2oEvRSfGMA==" saltValue="ncfN0Fwhbj5bRgWclw8LSw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="9Jn2sKD4e0T3K0N+pN4rF0/+P1XA8G3ZxPgbhnVL4i3+zYU2OlBOZtxlPH4Bbac/DuNsKe6KoPWQIY6xPn8AXw==" saltValue="Yh5yIQaLxbPykG5qpoEPmg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="D1:E1"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <dataValidations count="7">
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K503:M65536 I1 N600:N616 AB1:AF51 K1:M1 J1:J1048576 AG1:AH17 I4:I65536" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>1</formula1>
       <formula2>6</formula2>
     </dataValidation>
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AA1:AB51 I4:I1048576 I1:I2 H2:H1048576" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>1</formula1>
       <formula2>13</formula2>
     </dataValidation>
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M503:M599 M617:M65536 AH1:AH17 AF18:AF51 M1" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>1</formula1>
       <formula2>2</formula2>
     </dataValidation>
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E3" xr:uid="{00000000-0002-0000-0000-000004000000}">
       <formula1>3</formula1>
       <formula2>3</formula2>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="L3:L502" xr:uid="{DA2EB4D7-DE03-4EE1-9381-3231166A795E}">
       <formula1>"0,1,M,F"</formula1>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I3" xr:uid="{4D741F62-6BF9-4D46-8C21-60D7DAE57E66}">